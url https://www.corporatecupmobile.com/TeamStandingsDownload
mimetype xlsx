--- v0 (2025-10-31)
+++ v1 (2026-01-30)
@@ -10,224 +10,254 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Season Results Scores" sheetId="1" r:id="rId1"/>
     <sheet name="Season Results Participants" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <si>
     <t>Season Results Scores</t>
   </si>
   <si>
     <t>Division 1 - Scoring Totals</t>
   </si>
   <si>
     <t>Team Name</t>
   </si>
   <si>
     <t>Satsuma 2 Miler</t>
   </si>
   <si>
     <t>Hurricane Run 5k</t>
   </si>
   <si>
     <t>Go Run 5k</t>
   </si>
   <si>
     <t>Bras Across the "CAUSE" way 5K</t>
   </si>
   <si>
     <t>Puppy Creek Trail Run 10k</t>
   </si>
   <si>
     <t>Battleship 12k</t>
   </si>
   <si>
     <t>Turkey 10 Miler</t>
   </si>
   <si>
     <t>Turkey Trot for Hope 5K</t>
   </si>
   <si>
-    <t>Bayou Half Marathon</t>
+    <t>Bayou Half Marathon (Rescheduled)</t>
   </si>
   <si>
     <t>Joe Cain Classic 5k</t>
   </si>
   <si>
     <t>Battle of Mobile Bay 5k</t>
   </si>
   <si>
     <t>Azalea Trail Run</t>
   </si>
   <si>
     <t>Old Mobile 8K</t>
   </si>
   <si>
     <t>Do It In The Bush 5K Trail Run</t>
   </si>
   <si>
     <t>Final Total</t>
   </si>
   <si>
     <t>Final Place</t>
   </si>
   <si>
     <t>Tie Break Score</t>
   </si>
   <si>
     <t>Bombers</t>
   </si>
   <si>
     <t>Port City Pacers</t>
   </si>
   <si>
-    <t>SSAB</t>
+    <t>USA</t>
   </si>
   <si>
-    <t>USA</t>
+    <t>SSAB</t>
   </si>
   <si>
     <t>Division 2 - Scoring Totals</t>
   </si>
   <si>
     <t>Evonik</t>
   </si>
   <si>
     <t>Alabama Power</t>
   </si>
   <si>
     <t>Citronelle Veterinary Clinic</t>
   </si>
   <si>
     <t>SHBC</t>
   </si>
   <si>
     <t>Division 3 - Scoring Totals</t>
   </si>
   <si>
     <t>ArcelorMittal Calvert</t>
   </si>
   <si>
     <t>Austal</t>
   </si>
   <si>
     <t>Bay Area Runners</t>
   </si>
   <si>
     <t>Division 4 - Scoring Totals</t>
   </si>
   <si>
-    <t>Lenzing</t>
+    <t>OneSubsea</t>
   </si>
   <si>
-    <t>OneSubsea</t>
+    <t>Lenzing</t>
   </si>
   <si>
     <t>Coldsmith &amp; Associates</t>
   </si>
   <si>
     <t>Norton Lilly</t>
   </si>
   <si>
     <t>Season Results Participants</t>
   </si>
   <si>
     <t>Total Participants</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
     <t>Parts / Points</t>
   </si>
   <si>
     <t>18 / 4</t>
   </si>
   <si>
     <t>16 / 4</t>
   </si>
   <si>
+    <t>28 / 4</t>
+  </si>
+  <si>
+    <t>6 / 4</t>
+  </si>
+  <si>
+    <t>36 / 4</t>
+  </si>
+  <si>
+    <t>17 / 4</t>
+  </si>
+  <si>
+    <t>29 / 4</t>
+  </si>
+  <si>
     <t>5 / 2</t>
   </si>
   <si>
     <t>9 / 3</t>
   </si>
   <si>
     <t>13 / 3</t>
+  </si>
+  <si>
+    <t>12 / 3</t>
+  </si>
+  <si>
+    <t>3 / 2</t>
   </si>
   <si>
     <t>4 / 2</t>
   </si>
   <si>
     <t>7 / 3</t>
   </si>
   <si>
     <t>2 / 1</t>
   </si>
   <si>
+    <t>1 / 1</t>
+  </si>
+  <si>
     <t>3 / 3</t>
   </si>
   <si>
     <t>8 / 4</t>
   </si>
   <si>
     <t>7 / 4</t>
   </si>
   <si>
-    <t>3 / 2</t>
+    <t>6 / 3</t>
   </si>
   <si>
-    <t>1 / 1</t>
+    <t>4 / 3</t>
   </si>
   <si>
-    <t>6 / 4</t>
+    <t>2 / 2</t>
+  </si>
+  <si>
+    <t>13 / 4</t>
+  </si>
+  <si>
+    <t>30 / 4</t>
+  </si>
+  <si>
+    <t>12 / 4</t>
   </si>
   <si>
     <t>8 / 3</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 / 3</t>
   </si>
   <si>
     <t>5 / 3</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Average Per Race</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
@@ -322,51 +352,51 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
   <dimension ref="A1:R103"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <pane xSplit="1" topLeftCell="B1" state="frozen" activePane="topRight"/>
       <selection pane="topRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.286182403564453" customWidth="1"/>
     <col min="2" max="2" width="16.617462158203125" customWidth="1"/>
     <col min="3" max="3" width="17.895509719848633" customWidth="1"/>
     <col min="4" max="4" width="11.433794021606445" customWidth="1"/>
     <col min="5" max="5" width="31.501495361328125" customWidth="1"/>
     <col min="6" max="6" width="26.151399612426758" customWidth="1"/>
     <col min="7" max="7" width="15.553421020507812" customWidth="1"/>
     <col min="8" max="8" width="16.22090721130371" customWidth="1"/>
     <col min="9" max="9" width="24.163484573364258" customWidth="1"/>
-    <col min="10" max="10" width="21.079160690307617" customWidth="1"/>
+    <col min="10" max="10" width="34.541053771972656" customWidth="1"/>
     <col min="11" max="11" width="19.279329299926758" customWidth="1"/>
     <col min="12" max="12" width="23.0200138092041" customWidth="1"/>
     <col min="13" max="13" width="16.83424949645996" customWidth="1"/>
     <col min="14" max="14" width="15.37827205657959" customWidth="1"/>
     <col min="15" max="15" width="29.80595588684082" customWidth="1"/>
     <col min="16" max="16" width="11.611623764038086" customWidth="1"/>
     <col min="17" max="17" width="11.891565322875977" customWidth="1"/>
     <col min="18" max="18" width="16.281673431396484" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
@@ -420,159 +450,199 @@
         <v>16</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="5">
         <v>1</v>
       </c>
       <c r="C5" s="5">
         <v>1</v>
       </c>
       <c r="D5" s="5">
         <v>1</v>
       </c>
-      <c r="E5" s="6"/>
-[...3 lines deleted...]
-      <c r="I5" s="6"/>
+      <c r="E5" s="5">
+        <v>1</v>
+      </c>
+      <c r="F5" s="5">
+        <v>1</v>
+      </c>
+      <c r="G5" s="5">
+        <v>1</v>
+      </c>
+      <c r="H5" s="5">
+        <v>1</v>
+      </c>
+      <c r="I5" s="5">
+        <v>1</v>
+      </c>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q5" s="7">
         <v>1</v>
       </c>
       <c r="R5" s="6"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="5">
         <v>2</v>
       </c>
       <c r="C6" s="5">
         <v>2</v>
       </c>
       <c r="D6" s="5">
         <v>2</v>
       </c>
-      <c r="E6" s="6"/>
-[...3 lines deleted...]
-      <c r="I6" s="6"/>
+      <c r="E6" s="5">
+        <v>3</v>
+      </c>
+      <c r="F6" s="5">
+        <v>3</v>
+      </c>
+      <c r="G6" s="5">
+        <v>3</v>
+      </c>
+      <c r="H6" s="5">
+        <v>2</v>
+      </c>
+      <c r="I6" s="5">
+        <v>3</v>
+      </c>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="7">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="Q6" s="7">
         <v>2</v>
       </c>
       <c r="R6" s="6"/>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C7" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D7" s="5">
-        <v>4</v>
-[...5 lines deleted...]
-      <c r="I7" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="E7" s="5">
+        <v>2</v>
+      </c>
+      <c r="F7" s="5">
+        <v>4</v>
+      </c>
+      <c r="G7" s="5">
+        <v>2</v>
+      </c>
+      <c r="H7" s="5">
+        <v>4</v>
+      </c>
+      <c r="I7" s="5">
+        <v>2</v>
+      </c>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="7">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="Q7" s="7">
         <v>3</v>
       </c>
       <c r="R7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C8" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D8" s="5">
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="I8" s="6"/>
+        <v>4</v>
+      </c>
+      <c r="E8" s="5">
+        <v>4</v>
+      </c>
+      <c r="F8" s="5">
+        <v>2</v>
+      </c>
+      <c r="G8" s="5">
+        <v>4</v>
+      </c>
+      <c r="H8" s="5">
+        <v>3</v>
+      </c>
+      <c r="I8" s="5">
+        <v>4</v>
+      </c>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="7">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="Q8" s="7">
         <v>4</v>
       </c>
       <c r="R8" s="6"/>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="3" t="s">
@@ -609,159 +679,199 @@
         <v>16</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="5">
         <v>1</v>
       </c>
       <c r="C12" s="5">
         <v>1</v>
       </c>
       <c r="D12" s="5">
         <v>1</v>
       </c>
-      <c r="E12" s="6"/>
-[...3 lines deleted...]
-      <c r="I12" s="6"/>
+      <c r="E12" s="5">
+        <v>1</v>
+      </c>
+      <c r="F12" s="5">
+        <v>1</v>
+      </c>
+      <c r="G12" s="5">
+        <v>1</v>
+      </c>
+      <c r="H12" s="5">
+        <v>1</v>
+      </c>
+      <c r="I12" s="5">
+        <v>1</v>
+      </c>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q12" s="7">
         <v>1</v>
       </c>
       <c r="R12" s="6"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="5">
         <v>2</v>
       </c>
       <c r="C13" s="5">
         <v>2</v>
       </c>
       <c r="D13" s="5">
         <v>2</v>
       </c>
-      <c r="E13" s="6"/>
-[...3 lines deleted...]
-      <c r="I13" s="6"/>
+      <c r="E13" s="5">
+        <v>3</v>
+      </c>
+      <c r="F13" s="5">
+        <v>3</v>
+      </c>
+      <c r="G13" s="5">
+        <v>3</v>
+      </c>
+      <c r="H13" s="5">
+        <v>2</v>
+      </c>
+      <c r="I13" s="5">
+        <v>3</v>
+      </c>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="6"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="7">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="Q13" s="7">
         <v>2</v>
       </c>
       <c r="R13" s="6"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C14" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D14" s="5">
-        <v>4</v>
-[...5 lines deleted...]
-      <c r="I14" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="E14" s="5">
+        <v>2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>4</v>
+      </c>
+      <c r="G14" s="5">
+        <v>2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>4</v>
+      </c>
+      <c r="I14" s="5">
+        <v>2</v>
+      </c>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="6"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="7">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="Q14" s="7">
         <v>3</v>
       </c>
       <c r="R14" s="6"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C15" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D15" s="5">
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="I15" s="6"/>
+        <v>4</v>
+      </c>
+      <c r="E15" s="5">
+        <v>4</v>
+      </c>
+      <c r="F15" s="5">
+        <v>2</v>
+      </c>
+      <c r="G15" s="5">
+        <v>4</v>
+      </c>
+      <c r="H15" s="5">
+        <v>3</v>
+      </c>
+      <c r="I15" s="5">
+        <v>4</v>
+      </c>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="6"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="7">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="Q15" s="7">
         <v>4</v>
       </c>
       <c r="R15" s="6"/>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="3" t="s">
@@ -798,159 +908,199 @@
         <v>16</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="5">
         <v>1</v>
       </c>
       <c r="C19" s="5">
         <v>1</v>
       </c>
       <c r="D19" s="5">
         <v>1</v>
       </c>
-      <c r="E19" s="6"/>
-[...3 lines deleted...]
-      <c r="I19" s="6"/>
+      <c r="E19" s="5">
+        <v>1</v>
+      </c>
+      <c r="F19" s="5">
+        <v>1</v>
+      </c>
+      <c r="G19" s="5">
+        <v>1</v>
+      </c>
+      <c r="H19" s="5">
+        <v>1</v>
+      </c>
+      <c r="I19" s="5">
+        <v>1</v>
+      </c>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="6"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q19" s="7">
         <v>1</v>
       </c>
       <c r="R19" s="6"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5">
         <v>2</v>
       </c>
       <c r="C20" s="5">
         <v>2</v>
       </c>
       <c r="D20" s="5">
         <v>2</v>
       </c>
-      <c r="E20" s="6"/>
-[...3 lines deleted...]
-      <c r="I20" s="6"/>
+      <c r="E20" s="5">
+        <v>3</v>
+      </c>
+      <c r="F20" s="5">
+        <v>3</v>
+      </c>
+      <c r="G20" s="5">
+        <v>3</v>
+      </c>
+      <c r="H20" s="5">
+        <v>2</v>
+      </c>
+      <c r="I20" s="5">
+        <v>3</v>
+      </c>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="7">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="Q20" s="7">
         <v>2</v>
       </c>
       <c r="R20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C21" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D21" s="5">
-        <v>4</v>
-[...5 lines deleted...]
-      <c r="I21" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="E21" s="5">
+        <v>2</v>
+      </c>
+      <c r="F21" s="5">
+        <v>4</v>
+      </c>
+      <c r="G21" s="5">
+        <v>2</v>
+      </c>
+      <c r="H21" s="5">
+        <v>4</v>
+      </c>
+      <c r="I21" s="5">
+        <v>2</v>
+      </c>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="6"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="7">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="Q21" s="7">
         <v>3</v>
       </c>
       <c r="R21" s="6"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C22" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D22" s="5">
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="I22" s="6"/>
+        <v>4</v>
+      </c>
+      <c r="E22" s="5">
+        <v>4</v>
+      </c>
+      <c r="F22" s="5">
+        <v>2</v>
+      </c>
+      <c r="G22" s="5">
+        <v>4</v>
+      </c>
+      <c r="H22" s="5">
+        <v>3</v>
+      </c>
+      <c r="I22" s="5">
+        <v>4</v>
+      </c>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="6"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="7">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="Q22" s="7">
         <v>4</v>
       </c>
       <c r="R22" s="6"/>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E25" s="3" t="s">
@@ -987,159 +1137,199 @@
         <v>16</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B26" s="5">
         <v>1</v>
       </c>
       <c r="C26" s="5">
         <v>1</v>
       </c>
       <c r="D26" s="5">
         <v>1</v>
       </c>
-      <c r="E26" s="6"/>
-[...3 lines deleted...]
-      <c r="I26" s="6"/>
+      <c r="E26" s="5">
+        <v>1</v>
+      </c>
+      <c r="F26" s="5">
+        <v>1</v>
+      </c>
+      <c r="G26" s="5">
+        <v>1</v>
+      </c>
+      <c r="H26" s="5">
+        <v>1</v>
+      </c>
+      <c r="I26" s="5">
+        <v>1</v>
+      </c>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="6"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q26" s="7">
         <v>1</v>
       </c>
       <c r="R26" s="6"/>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B27" s="5">
         <v>2</v>
       </c>
       <c r="C27" s="5">
         <v>2</v>
       </c>
       <c r="D27" s="5">
         <v>2</v>
       </c>
-      <c r="E27" s="6"/>
-[...3 lines deleted...]
-      <c r="I27" s="6"/>
+      <c r="E27" s="5">
+        <v>3</v>
+      </c>
+      <c r="F27" s="5">
+        <v>3</v>
+      </c>
+      <c r="G27" s="5">
+        <v>3</v>
+      </c>
+      <c r="H27" s="5">
+        <v>2</v>
+      </c>
+      <c r="I27" s="5">
+        <v>3</v>
+      </c>
       <c r="J27" s="6"/>
       <c r="K27" s="6"/>
       <c r="L27" s="6"/>
       <c r="M27" s="6"/>
       <c r="N27" s="6"/>
       <c r="O27" s="6"/>
       <c r="P27" s="7">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="Q27" s="7">
         <v>2</v>
       </c>
       <c r="R27" s="6"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B28" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C28" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D28" s="5">
-        <v>4</v>
-[...5 lines deleted...]
-      <c r="I28" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="E28" s="5">
+        <v>2</v>
+      </c>
+      <c r="F28" s="5">
+        <v>4</v>
+      </c>
+      <c r="G28" s="5">
+        <v>2</v>
+      </c>
+      <c r="H28" s="5">
+        <v>4</v>
+      </c>
+      <c r="I28" s="5">
+        <v>2</v>
+      </c>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
       <c r="O28" s="6"/>
       <c r="P28" s="7">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="Q28" s="7">
         <v>3</v>
       </c>
       <c r="R28" s="6"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C29" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D29" s="5">
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="I29" s="6"/>
+        <v>4</v>
+      </c>
+      <c r="E29" s="5">
+        <v>4</v>
+      </c>
+      <c r="F29" s="5">
+        <v>2</v>
+      </c>
+      <c r="G29" s="5">
+        <v>4</v>
+      </c>
+      <c r="H29" s="5">
+        <v>3</v>
+      </c>
+      <c r="I29" s="5">
+        <v>4</v>
+      </c>
       <c r="J29" s="6"/>
       <c r="K29" s="6"/>
       <c r="L29" s="6"/>
       <c r="M29" s="6"/>
       <c r="N29" s="6"/>
       <c r="O29" s="6"/>
       <c r="P29" s="7">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="Q29" s="7">
         <v>4</v>
       </c>
       <c r="R29" s="6"/>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E32" s="3" t="s">
@@ -1176,159 +1366,199 @@
         <v>16</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B33" s="5">
         <v>1</v>
       </c>
       <c r="C33" s="5">
         <v>1</v>
       </c>
       <c r="D33" s="5">
         <v>1</v>
       </c>
-      <c r="E33" s="6"/>
-[...3 lines deleted...]
-      <c r="I33" s="6"/>
+      <c r="E33" s="5">
+        <v>2</v>
+      </c>
+      <c r="F33" s="5">
+        <v>1</v>
+      </c>
+      <c r="G33" s="5">
+        <v>2</v>
+      </c>
+      <c r="H33" s="5">
+        <v>1</v>
+      </c>
+      <c r="I33" s="5">
+        <v>2</v>
+      </c>
       <c r="J33" s="6"/>
       <c r="K33" s="6"/>
       <c r="L33" s="6"/>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
       <c r="O33" s="6"/>
       <c r="P33" s="7">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="Q33" s="7">
         <v>1</v>
       </c>
       <c r="R33" s="6"/>
     </row>
     <row r="34">
       <c r="A34" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B34" s="5">
         <v>3</v>
       </c>
       <c r="C34" s="5">
         <v>3</v>
       </c>
       <c r="D34" s="5">
         <v>2</v>
       </c>
-      <c r="E34" s="6"/>
-[...3 lines deleted...]
-      <c r="I34" s="6"/>
+      <c r="E34" s="5">
+        <v>1</v>
+      </c>
+      <c r="F34" s="5">
+        <v>4</v>
+      </c>
+      <c r="G34" s="5">
+        <v>1</v>
+      </c>
+      <c r="H34" s="5">
+        <v>4</v>
+      </c>
+      <c r="I34" s="5">
+        <v>1</v>
+      </c>
       <c r="J34" s="6"/>
       <c r="K34" s="6"/>
       <c r="L34" s="6"/>
       <c r="M34" s="6"/>
       <c r="N34" s="6"/>
       <c r="O34" s="6"/>
       <c r="P34" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="Q34" s="7">
         <v>2</v>
       </c>
       <c r="R34" s="6"/>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B35" s="5">
         <v>2</v>
       </c>
       <c r="C35" s="5">
         <v>2</v>
       </c>
       <c r="D35" s="5">
         <v>4</v>
       </c>
-      <c r="E35" s="6"/>
-[...3 lines deleted...]
-      <c r="I35" s="6"/>
+      <c r="E35" s="5">
+        <v>4</v>
+      </c>
+      <c r="F35" s="5">
+        <v>4</v>
+      </c>
+      <c r="G35" s="5">
+        <v>3</v>
+      </c>
+      <c r="H35" s="5">
+        <v>2</v>
+      </c>
+      <c r="I35" s="5">
+        <v>4</v>
+      </c>
       <c r="J35" s="6"/>
       <c r="K35" s="6"/>
       <c r="L35" s="6"/>
       <c r="M35" s="6"/>
       <c r="N35" s="6"/>
       <c r="O35" s="6"/>
       <c r="P35" s="7">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="Q35" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R35" s="6"/>
     </row>
     <row r="36">
       <c r="A36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B36" s="5">
         <v>4</v>
       </c>
       <c r="C36" s="5">
         <v>4</v>
       </c>
       <c r="D36" s="5">
         <v>3</v>
       </c>
-      <c r="E36" s="6"/>
-[...3 lines deleted...]
-      <c r="I36" s="6"/>
+      <c r="E36" s="5">
+        <v>3</v>
+      </c>
+      <c r="F36" s="5">
+        <v>2</v>
+      </c>
+      <c r="G36" s="5">
+        <v>4</v>
+      </c>
+      <c r="H36" s="5">
+        <v>4</v>
+      </c>
+      <c r="I36" s="5">
+        <v>3</v>
+      </c>
       <c r="J36" s="6"/>
       <c r="K36" s="6"/>
       <c r="L36" s="6"/>
       <c r="M36" s="6"/>
       <c r="N36" s="6"/>
       <c r="O36" s="6"/>
       <c r="P36" s="7">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="Q36" s="7">
         <v>4</v>
       </c>
       <c r="R36" s="6"/>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="3" t="s">
@@ -1365,159 +1595,199 @@
         <v>16</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="5">
         <v>1</v>
       </c>
       <c r="C40" s="5">
         <v>1</v>
       </c>
       <c r="D40" s="5">
         <v>1</v>
       </c>
-      <c r="E40" s="6"/>
-[...3 lines deleted...]
-      <c r="I40" s="6"/>
+      <c r="E40" s="5">
+        <v>2</v>
+      </c>
+      <c r="F40" s="5">
+        <v>1</v>
+      </c>
+      <c r="G40" s="5">
+        <v>2</v>
+      </c>
+      <c r="H40" s="5">
+        <v>1</v>
+      </c>
+      <c r="I40" s="5">
+        <v>2</v>
+      </c>
       <c r="J40" s="6"/>
       <c r="K40" s="6"/>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
       <c r="O40" s="6"/>
       <c r="P40" s="7">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="Q40" s="7">
         <v>1</v>
       </c>
       <c r="R40" s="6"/>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B41" s="5">
         <v>3</v>
       </c>
       <c r="C41" s="5">
         <v>3</v>
       </c>
       <c r="D41" s="5">
         <v>2</v>
       </c>
-      <c r="E41" s="6"/>
-[...3 lines deleted...]
-      <c r="I41" s="6"/>
+      <c r="E41" s="5">
+        <v>1</v>
+      </c>
+      <c r="F41" s="5">
+        <v>4</v>
+      </c>
+      <c r="G41" s="5">
+        <v>1</v>
+      </c>
+      <c r="H41" s="5">
+        <v>4</v>
+      </c>
+      <c r="I41" s="5">
+        <v>1</v>
+      </c>
       <c r="J41" s="6"/>
       <c r="K41" s="6"/>
       <c r="L41" s="6"/>
       <c r="M41" s="6"/>
       <c r="N41" s="6"/>
       <c r="O41" s="6"/>
       <c r="P41" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="Q41" s="7">
         <v>2</v>
       </c>
       <c r="R41" s="6"/>
     </row>
     <row r="42">
       <c r="A42" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B42" s="5">
         <v>2</v>
       </c>
       <c r="C42" s="5">
         <v>2</v>
       </c>
       <c r="D42" s="5">
         <v>4</v>
       </c>
-      <c r="E42" s="6"/>
-[...3 lines deleted...]
-      <c r="I42" s="6"/>
+      <c r="E42" s="5">
+        <v>4</v>
+      </c>
+      <c r="F42" s="5">
+        <v>4</v>
+      </c>
+      <c r="G42" s="5">
+        <v>3</v>
+      </c>
+      <c r="H42" s="5">
+        <v>2</v>
+      </c>
+      <c r="I42" s="5">
+        <v>4</v>
+      </c>
       <c r="J42" s="6"/>
       <c r="K42" s="6"/>
       <c r="L42" s="6"/>
       <c r="M42" s="6"/>
       <c r="N42" s="6"/>
       <c r="O42" s="6"/>
       <c r="P42" s="7">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="Q42" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R42" s="6"/>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B43" s="5">
         <v>4</v>
       </c>
       <c r="C43" s="5">
         <v>4</v>
       </c>
       <c r="D43" s="5">
         <v>3</v>
       </c>
-      <c r="E43" s="6"/>
-[...3 lines deleted...]
-      <c r="I43" s="6"/>
+      <c r="E43" s="5">
+        <v>3</v>
+      </c>
+      <c r="F43" s="5">
+        <v>2</v>
+      </c>
+      <c r="G43" s="5">
+        <v>4</v>
+      </c>
+      <c r="H43" s="5">
+        <v>4</v>
+      </c>
+      <c r="I43" s="5">
+        <v>3</v>
+      </c>
       <c r="J43" s="6"/>
       <c r="K43" s="6"/>
       <c r="L43" s="6"/>
       <c r="M43" s="6"/>
       <c r="N43" s="6"/>
       <c r="O43" s="6"/>
       <c r="P43" s="7">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="Q43" s="7">
         <v>4</v>
       </c>
       <c r="R43" s="6"/>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E46" s="3" t="s">
@@ -1554,159 +1824,199 @@
         <v>16</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="5">
         <v>1</v>
       </c>
       <c r="C47" s="5">
         <v>1</v>
       </c>
       <c r="D47" s="5">
         <v>1</v>
       </c>
-      <c r="E47" s="6"/>
-[...3 lines deleted...]
-      <c r="I47" s="6"/>
+      <c r="E47" s="5">
+        <v>2</v>
+      </c>
+      <c r="F47" s="5">
+        <v>1</v>
+      </c>
+      <c r="G47" s="5">
+        <v>2</v>
+      </c>
+      <c r="H47" s="5">
+        <v>1</v>
+      </c>
+      <c r="I47" s="5">
+        <v>2</v>
+      </c>
       <c r="J47" s="6"/>
       <c r="K47" s="6"/>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="7">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="Q47" s="7">
         <v>1</v>
       </c>
       <c r="R47" s="6"/>
     </row>
     <row r="48">
       <c r="A48" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B48" s="5">
         <v>3</v>
       </c>
       <c r="C48" s="5">
         <v>3</v>
       </c>
       <c r="D48" s="5">
         <v>2</v>
       </c>
-      <c r="E48" s="6"/>
-[...3 lines deleted...]
-      <c r="I48" s="6"/>
+      <c r="E48" s="5">
+        <v>1</v>
+      </c>
+      <c r="F48" s="5">
+        <v>4</v>
+      </c>
+      <c r="G48" s="5">
+        <v>1</v>
+      </c>
+      <c r="H48" s="5">
+        <v>4</v>
+      </c>
+      <c r="I48" s="5">
+        <v>1</v>
+      </c>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="Q48" s="7">
         <v>2</v>
       </c>
       <c r="R48" s="6"/>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B49" s="5">
         <v>2</v>
       </c>
       <c r="C49" s="5">
         <v>2</v>
       </c>
       <c r="D49" s="5">
         <v>4</v>
       </c>
-      <c r="E49" s="6"/>
-[...3 lines deleted...]
-      <c r="I49" s="6"/>
+      <c r="E49" s="5">
+        <v>4</v>
+      </c>
+      <c r="F49" s="5">
+        <v>4</v>
+      </c>
+      <c r="G49" s="5">
+        <v>3</v>
+      </c>
+      <c r="H49" s="5">
+        <v>2</v>
+      </c>
+      <c r="I49" s="5">
+        <v>4</v>
+      </c>
       <c r="J49" s="6"/>
       <c r="K49" s="6"/>
       <c r="L49" s="6"/>
       <c r="M49" s="6"/>
       <c r="N49" s="6"/>
       <c r="O49" s="6"/>
       <c r="P49" s="7">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="Q49" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R49" s="6"/>
     </row>
     <row r="50">
       <c r="A50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B50" s="5">
         <v>4</v>
       </c>
       <c r="C50" s="5">
         <v>4</v>
       </c>
       <c r="D50" s="5">
         <v>3</v>
       </c>
-      <c r="E50" s="6"/>
-[...3 lines deleted...]
-      <c r="I50" s="6"/>
+      <c r="E50" s="5">
+        <v>3</v>
+      </c>
+      <c r="F50" s="5">
+        <v>2</v>
+      </c>
+      <c r="G50" s="5">
+        <v>4</v>
+      </c>
+      <c r="H50" s="5">
+        <v>4</v>
+      </c>
+      <c r="I50" s="5">
+        <v>3</v>
+      </c>
       <c r="J50" s="6"/>
       <c r="K50" s="6"/>
       <c r="L50" s="6"/>
       <c r="M50" s="6"/>
       <c r="N50" s="6"/>
       <c r="O50" s="6"/>
       <c r="P50" s="7">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="Q50" s="7">
         <v>4</v>
       </c>
       <c r="R50" s="6"/>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E53" s="3" t="s">
@@ -1743,159 +2053,199 @@
         <v>16</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B54" s="5">
         <v>1</v>
       </c>
       <c r="C54" s="5">
         <v>1</v>
       </c>
       <c r="D54" s="5">
         <v>1</v>
       </c>
-      <c r="E54" s="6"/>
-[...3 lines deleted...]
-      <c r="I54" s="6"/>
+      <c r="E54" s="5">
+        <v>2</v>
+      </c>
+      <c r="F54" s="5">
+        <v>1</v>
+      </c>
+      <c r="G54" s="5">
+        <v>2</v>
+      </c>
+      <c r="H54" s="5">
+        <v>1</v>
+      </c>
+      <c r="I54" s="5">
+        <v>2</v>
+      </c>
       <c r="J54" s="6"/>
       <c r="K54" s="6"/>
       <c r="L54" s="6"/>
       <c r="M54" s="6"/>
       <c r="N54" s="6"/>
       <c r="O54" s="6"/>
       <c r="P54" s="7">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="Q54" s="7">
         <v>1</v>
       </c>
       <c r="R54" s="6"/>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="5">
         <v>3</v>
       </c>
       <c r="C55" s="5">
         <v>3</v>
       </c>
       <c r="D55" s="5">
         <v>2</v>
       </c>
-      <c r="E55" s="6"/>
-[...3 lines deleted...]
-      <c r="I55" s="6"/>
+      <c r="E55" s="5">
+        <v>1</v>
+      </c>
+      <c r="F55" s="5">
+        <v>4</v>
+      </c>
+      <c r="G55" s="5">
+        <v>1</v>
+      </c>
+      <c r="H55" s="5">
+        <v>4</v>
+      </c>
+      <c r="I55" s="5">
+        <v>1</v>
+      </c>
       <c r="J55" s="6"/>
       <c r="K55" s="6"/>
       <c r="L55" s="6"/>
       <c r="M55" s="6"/>
       <c r="N55" s="6"/>
       <c r="O55" s="6"/>
       <c r="P55" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="Q55" s="7">
         <v>2</v>
       </c>
       <c r="R55" s="6"/>
     </row>
     <row r="56">
       <c r="A56" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B56" s="5">
         <v>2</v>
       </c>
       <c r="C56" s="5">
         <v>2</v>
       </c>
       <c r="D56" s="5">
         <v>4</v>
       </c>
-      <c r="E56" s="6"/>
-[...3 lines deleted...]
-      <c r="I56" s="6"/>
+      <c r="E56" s="5">
+        <v>4</v>
+      </c>
+      <c r="F56" s="5">
+        <v>4</v>
+      </c>
+      <c r="G56" s="5">
+        <v>3</v>
+      </c>
+      <c r="H56" s="5">
+        <v>2</v>
+      </c>
+      <c r="I56" s="5">
+        <v>4</v>
+      </c>
       <c r="J56" s="6"/>
       <c r="K56" s="6"/>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
       <c r="O56" s="6"/>
       <c r="P56" s="7">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="Q56" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R56" s="6"/>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B57" s="5">
         <v>4</v>
       </c>
       <c r="C57" s="5">
         <v>4</v>
       </c>
       <c r="D57" s="5">
         <v>3</v>
       </c>
-      <c r="E57" s="6"/>
-[...3 lines deleted...]
-      <c r="I57" s="6"/>
+      <c r="E57" s="5">
+        <v>3</v>
+      </c>
+      <c r="F57" s="5">
+        <v>2</v>
+      </c>
+      <c r="G57" s="5">
+        <v>4</v>
+      </c>
+      <c r="H57" s="5">
+        <v>4</v>
+      </c>
+      <c r="I57" s="5">
+        <v>3</v>
+      </c>
       <c r="J57" s="6"/>
       <c r="K57" s="6"/>
       <c r="L57" s="6"/>
       <c r="M57" s="6"/>
       <c r="N57" s="6"/>
       <c r="O57" s="6"/>
       <c r="P57" s="7">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="Q57" s="7">
         <v>4</v>
       </c>
       <c r="R57" s="6"/>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E60" s="3" t="s">
@@ -1932,127 +2282,157 @@
         <v>16</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B61" s="5">
         <v>1</v>
       </c>
       <c r="C61" s="5">
         <v>1</v>
       </c>
       <c r="D61" s="5">
         <v>1</v>
       </c>
-      <c r="E61" s="6"/>
-[...3 lines deleted...]
-      <c r="I61" s="6"/>
+      <c r="E61" s="5">
+        <v>1</v>
+      </c>
+      <c r="F61" s="5">
+        <v>1</v>
+      </c>
+      <c r="G61" s="5">
+        <v>1</v>
+      </c>
+      <c r="H61" s="5">
+        <v>1</v>
+      </c>
+      <c r="I61" s="5">
+        <v>1</v>
+      </c>
       <c r="J61" s="6"/>
       <c r="K61" s="6"/>
       <c r="L61" s="6"/>
       <c r="M61" s="6"/>
       <c r="N61" s="6"/>
       <c r="O61" s="6"/>
       <c r="P61" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q61" s="7">
         <v>1</v>
       </c>
       <c r="R61" s="6"/>
     </row>
     <row r="62">
       <c r="A62" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B62" s="5">
         <v>2</v>
       </c>
       <c r="C62" s="5">
         <v>3</v>
       </c>
       <c r="D62" s="5">
         <v>2</v>
       </c>
-      <c r="E62" s="6"/>
-[...3 lines deleted...]
-      <c r="I62" s="6"/>
+      <c r="E62" s="5">
+        <v>3</v>
+      </c>
+      <c r="F62" s="5">
+        <v>2</v>
+      </c>
+      <c r="G62" s="5">
+        <v>3</v>
+      </c>
+      <c r="H62" s="5">
+        <v>2</v>
+      </c>
+      <c r="I62" s="5">
+        <v>2</v>
+      </c>
       <c r="J62" s="6"/>
       <c r="K62" s="6"/>
       <c r="L62" s="6"/>
       <c r="M62" s="6"/>
       <c r="N62" s="6"/>
       <c r="O62" s="6"/>
       <c r="P62" s="7">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="Q62" s="7">
         <v>2</v>
       </c>
       <c r="R62" s="6"/>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B63" s="5">
         <v>3</v>
       </c>
       <c r="C63" s="5">
         <v>2</v>
       </c>
       <c r="D63" s="5">
         <v>3</v>
       </c>
-      <c r="E63" s="6"/>
-[...3 lines deleted...]
-      <c r="I63" s="6"/>
+      <c r="E63" s="5">
+        <v>2</v>
+      </c>
+      <c r="F63" s="5">
+        <v>3</v>
+      </c>
+      <c r="G63" s="5">
+        <v>2</v>
+      </c>
+      <c r="H63" s="5">
+        <v>3</v>
+      </c>
+      <c r="I63" s="5">
+        <v>3</v>
+      </c>
       <c r="J63" s="6"/>
       <c r="K63" s="6"/>
       <c r="L63" s="6"/>
       <c r="M63" s="6"/>
       <c r="N63" s="6"/>
       <c r="O63" s="6"/>
       <c r="P63" s="7">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="Q63" s="7">
         <v>3</v>
       </c>
       <c r="R63" s="6"/>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E66" s="3" t="s">
@@ -2089,127 +2469,157 @@
         <v>16</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B67" s="5">
         <v>1</v>
       </c>
       <c r="C67" s="5">
         <v>1</v>
       </c>
       <c r="D67" s="5">
         <v>1</v>
       </c>
-      <c r="E67" s="6"/>
-[...3 lines deleted...]
-      <c r="I67" s="6"/>
+      <c r="E67" s="5">
+        <v>1</v>
+      </c>
+      <c r="F67" s="5">
+        <v>1</v>
+      </c>
+      <c r="G67" s="5">
+        <v>1</v>
+      </c>
+      <c r="H67" s="5">
+        <v>1</v>
+      </c>
+      <c r="I67" s="5">
+        <v>1</v>
+      </c>
       <c r="J67" s="6"/>
       <c r="K67" s="6"/>
       <c r="L67" s="6"/>
       <c r="M67" s="6"/>
       <c r="N67" s="6"/>
       <c r="O67" s="6"/>
       <c r="P67" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q67" s="7">
         <v>1</v>
       </c>
       <c r="R67" s="6"/>
     </row>
     <row r="68">
       <c r="A68" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B68" s="5">
         <v>2</v>
       </c>
       <c r="C68" s="5">
         <v>3</v>
       </c>
       <c r="D68" s="5">
         <v>2</v>
       </c>
-      <c r="E68" s="6"/>
-[...3 lines deleted...]
-      <c r="I68" s="6"/>
+      <c r="E68" s="5">
+        <v>3</v>
+      </c>
+      <c r="F68" s="5">
+        <v>2</v>
+      </c>
+      <c r="G68" s="5">
+        <v>3</v>
+      </c>
+      <c r="H68" s="5">
+        <v>2</v>
+      </c>
+      <c r="I68" s="5">
+        <v>2</v>
+      </c>
       <c r="J68" s="6"/>
       <c r="K68" s="6"/>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
       <c r="O68" s="6"/>
       <c r="P68" s="7">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="Q68" s="7">
         <v>2</v>
       </c>
       <c r="R68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B69" s="5">
         <v>3</v>
       </c>
       <c r="C69" s="5">
         <v>2</v>
       </c>
       <c r="D69" s="5">
         <v>3</v>
       </c>
-      <c r="E69" s="6"/>
-[...3 lines deleted...]
-      <c r="I69" s="6"/>
+      <c r="E69" s="5">
+        <v>2</v>
+      </c>
+      <c r="F69" s="5">
+        <v>3</v>
+      </c>
+      <c r="G69" s="5">
+        <v>2</v>
+      </c>
+      <c r="H69" s="5">
+        <v>3</v>
+      </c>
+      <c r="I69" s="5">
+        <v>3</v>
+      </c>
       <c r="J69" s="6"/>
       <c r="K69" s="6"/>
       <c r="L69" s="6"/>
       <c r="M69" s="6"/>
       <c r="N69" s="6"/>
       <c r="O69" s="6"/>
       <c r="P69" s="7">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="Q69" s="7">
         <v>3</v>
       </c>
       <c r="R69" s="6"/>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E72" s="3" t="s">
@@ -2246,127 +2656,157 @@
         <v>16</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B73" s="5">
         <v>1</v>
       </c>
       <c r="C73" s="5">
         <v>1</v>
       </c>
       <c r="D73" s="5">
         <v>1</v>
       </c>
-      <c r="E73" s="6"/>
-[...3 lines deleted...]
-      <c r="I73" s="6"/>
+      <c r="E73" s="5">
+        <v>1</v>
+      </c>
+      <c r="F73" s="5">
+        <v>1</v>
+      </c>
+      <c r="G73" s="5">
+        <v>1</v>
+      </c>
+      <c r="H73" s="5">
+        <v>1</v>
+      </c>
+      <c r="I73" s="5">
+        <v>1</v>
+      </c>
       <c r="J73" s="6"/>
       <c r="K73" s="6"/>
       <c r="L73" s="6"/>
       <c r="M73" s="6"/>
       <c r="N73" s="6"/>
       <c r="O73" s="6"/>
       <c r="P73" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q73" s="7">
         <v>1</v>
       </c>
       <c r="R73" s="6"/>
     </row>
     <row r="74">
       <c r="A74" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B74" s="5">
         <v>2</v>
       </c>
       <c r="C74" s="5">
         <v>3</v>
       </c>
       <c r="D74" s="5">
         <v>2</v>
       </c>
-      <c r="E74" s="6"/>
-[...3 lines deleted...]
-      <c r="I74" s="6"/>
+      <c r="E74" s="5">
+        <v>3</v>
+      </c>
+      <c r="F74" s="5">
+        <v>2</v>
+      </c>
+      <c r="G74" s="5">
+        <v>3</v>
+      </c>
+      <c r="H74" s="5">
+        <v>2</v>
+      </c>
+      <c r="I74" s="5">
+        <v>2</v>
+      </c>
       <c r="J74" s="6"/>
       <c r="K74" s="6"/>
       <c r="L74" s="6"/>
       <c r="M74" s="6"/>
       <c r="N74" s="6"/>
       <c r="O74" s="6"/>
       <c r="P74" s="7">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="Q74" s="7">
         <v>2</v>
       </c>
       <c r="R74" s="6"/>
     </row>
     <row r="75">
       <c r="A75" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B75" s="5">
         <v>3</v>
       </c>
       <c r="C75" s="5">
         <v>2</v>
       </c>
       <c r="D75" s="5">
         <v>3</v>
       </c>
-      <c r="E75" s="6"/>
-[...3 lines deleted...]
-      <c r="I75" s="6"/>
+      <c r="E75" s="5">
+        <v>2</v>
+      </c>
+      <c r="F75" s="5">
+        <v>3</v>
+      </c>
+      <c r="G75" s="5">
+        <v>2</v>
+      </c>
+      <c r="H75" s="5">
+        <v>3</v>
+      </c>
+      <c r="I75" s="5">
+        <v>3</v>
+      </c>
       <c r="J75" s="6"/>
       <c r="K75" s="6"/>
       <c r="L75" s="6"/>
       <c r="M75" s="6"/>
       <c r="N75" s="6"/>
       <c r="O75" s="6"/>
       <c r="P75" s="7">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="Q75" s="7">
         <v>3</v>
       </c>
       <c r="R75" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E78" s="3" t="s">
@@ -2395,167 +2835,207 @@
       </c>
       <c r="M78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B79" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C79" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D79" s="5">
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="I79" s="6"/>
+        <v>1</v>
+      </c>
+      <c r="E79" s="5">
+        <v>1</v>
+      </c>
+      <c r="F79" s="5">
+        <v>1</v>
+      </c>
+      <c r="G79" s="5">
+        <v>2</v>
+      </c>
+      <c r="H79" s="5">
+        <v>3</v>
+      </c>
+      <c r="I79" s="5">
+        <v>1</v>
+      </c>
       <c r="J79" s="6"/>
       <c r="K79" s="6"/>
       <c r="L79" s="6"/>
       <c r="M79" s="6"/>
       <c r="N79" s="6"/>
       <c r="O79" s="6"/>
       <c r="P79" s="7">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Q79" s="7">
         <v>1</v>
       </c>
       <c r="R79" s="6"/>
     </row>
     <row r="80">
       <c r="A80" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B80" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C80" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D80" s="5">
-        <v>1</v>
-[...5 lines deleted...]
-      <c r="I80" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="E80" s="5">
+        <v>2</v>
+      </c>
+      <c r="F80" s="5">
+        <v>4</v>
+      </c>
+      <c r="G80" s="5">
+        <v>1</v>
+      </c>
+      <c r="H80" s="5">
+        <v>1</v>
+      </c>
+      <c r="I80" s="5">
+        <v>2</v>
+      </c>
       <c r="J80" s="6"/>
       <c r="K80" s="6"/>
       <c r="L80" s="6"/>
       <c r="M80" s="6"/>
       <c r="N80" s="6"/>
       <c r="O80" s="6"/>
       <c r="P80" s="7">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="Q80" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R80" s="6"/>
     </row>
     <row r="81">
       <c r="A81" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B81" s="5">
         <v>5</v>
       </c>
       <c r="C81" s="5">
         <v>1</v>
       </c>
       <c r="D81" s="5">
         <v>2</v>
       </c>
-      <c r="E81" s="6"/>
-[...3 lines deleted...]
-      <c r="I81" s="6"/>
+      <c r="E81" s="5">
+        <v>3</v>
+      </c>
+      <c r="F81" s="5">
+        <v>4</v>
+      </c>
+      <c r="G81" s="5">
+        <v>3</v>
+      </c>
+      <c r="H81" s="5">
+        <v>2</v>
+      </c>
+      <c r="I81" s="5">
+        <v>4</v>
+      </c>
       <c r="J81" s="6"/>
       <c r="K81" s="6"/>
       <c r="L81" s="6"/>
       <c r="M81" s="6"/>
       <c r="N81" s="6"/>
       <c r="O81" s="6"/>
       <c r="P81" s="7">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="Q81" s="7">
         <v>3</v>
       </c>
       <c r="R81" s="6"/>
     </row>
     <row r="82">
       <c r="A82" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B82" s="5">
         <v>5</v>
       </c>
       <c r="C82" s="5">
         <v>4</v>
       </c>
       <c r="D82" s="5">
         <v>4</v>
       </c>
-      <c r="E82" s="6"/>
-[...3 lines deleted...]
-      <c r="I82" s="6"/>
+      <c r="E82" s="5">
+        <v>4</v>
+      </c>
+      <c r="F82" s="5">
+        <v>4</v>
+      </c>
+      <c r="G82" s="5">
+        <v>4</v>
+      </c>
+      <c r="H82" s="5">
+        <v>4</v>
+      </c>
+      <c r="I82" s="5">
+        <v>3</v>
+      </c>
       <c r="J82" s="6"/>
       <c r="K82" s="6"/>
       <c r="L82" s="6"/>
       <c r="M82" s="6"/>
       <c r="N82" s="6"/>
       <c r="O82" s="6"/>
       <c r="P82" s="7">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="Q82" s="7">
         <v>4</v>
       </c>
       <c r="R82" s="6"/>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E85" s="3" t="s">
@@ -2584,167 +3064,207 @@
       </c>
       <c r="M85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P85" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R85" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B86" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C86" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D86" s="5">
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="I86" s="6"/>
+        <v>1</v>
+      </c>
+      <c r="E86" s="5">
+        <v>1</v>
+      </c>
+      <c r="F86" s="5">
+        <v>1</v>
+      </c>
+      <c r="G86" s="5">
+        <v>2</v>
+      </c>
+      <c r="H86" s="5">
+        <v>3</v>
+      </c>
+      <c r="I86" s="5">
+        <v>1</v>
+      </c>
       <c r="J86" s="6"/>
       <c r="K86" s="6"/>
       <c r="L86" s="6"/>
       <c r="M86" s="6"/>
       <c r="N86" s="6"/>
       <c r="O86" s="6"/>
       <c r="P86" s="7">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Q86" s="7">
         <v>1</v>
       </c>
       <c r="R86" s="6"/>
     </row>
     <row r="87">
       <c r="A87" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B87" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C87" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D87" s="5">
-        <v>1</v>
-[...5 lines deleted...]
-      <c r="I87" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="E87" s="5">
+        <v>2</v>
+      </c>
+      <c r="F87" s="5">
+        <v>4</v>
+      </c>
+      <c r="G87" s="5">
+        <v>1</v>
+      </c>
+      <c r="H87" s="5">
+        <v>1</v>
+      </c>
+      <c r="I87" s="5">
+        <v>2</v>
+      </c>
       <c r="J87" s="6"/>
       <c r="K87" s="6"/>
       <c r="L87" s="6"/>
       <c r="M87" s="6"/>
       <c r="N87" s="6"/>
       <c r="O87" s="6"/>
       <c r="P87" s="7">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="Q87" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R87" s="6"/>
     </row>
     <row r="88">
       <c r="A88" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B88" s="5">
         <v>5</v>
       </c>
       <c r="C88" s="5">
         <v>1</v>
       </c>
       <c r="D88" s="5">
         <v>2</v>
       </c>
-      <c r="E88" s="6"/>
-[...3 lines deleted...]
-      <c r="I88" s="6"/>
+      <c r="E88" s="5">
+        <v>3</v>
+      </c>
+      <c r="F88" s="5">
+        <v>4</v>
+      </c>
+      <c r="G88" s="5">
+        <v>3</v>
+      </c>
+      <c r="H88" s="5">
+        <v>2</v>
+      </c>
+      <c r="I88" s="5">
+        <v>4</v>
+      </c>
       <c r="J88" s="6"/>
       <c r="K88" s="6"/>
       <c r="L88" s="6"/>
       <c r="M88" s="6"/>
       <c r="N88" s="6"/>
       <c r="O88" s="6"/>
       <c r="P88" s="7">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="Q88" s="7">
         <v>3</v>
       </c>
       <c r="R88" s="6"/>
     </row>
     <row r="89">
       <c r="A89" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B89" s="5">
         <v>5</v>
       </c>
       <c r="C89" s="5">
         <v>4</v>
       </c>
       <c r="D89" s="5">
         <v>4</v>
       </c>
-      <c r="E89" s="6"/>
-[...3 lines deleted...]
-      <c r="I89" s="6"/>
+      <c r="E89" s="5">
+        <v>4</v>
+      </c>
+      <c r="F89" s="5">
+        <v>4</v>
+      </c>
+      <c r="G89" s="5">
+        <v>4</v>
+      </c>
+      <c r="H89" s="5">
+        <v>4</v>
+      </c>
+      <c r="I89" s="5">
+        <v>3</v>
+      </c>
       <c r="J89" s="6"/>
       <c r="K89" s="6"/>
       <c r="L89" s="6"/>
       <c r="M89" s="6"/>
       <c r="N89" s="6"/>
       <c r="O89" s="6"/>
       <c r="P89" s="7">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="Q89" s="7">
         <v>4</v>
       </c>
       <c r="R89" s="6"/>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E92" s="3" t="s">
@@ -2773,167 +3293,207 @@
       </c>
       <c r="M92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P92" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R92" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B93" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C93" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D93" s="5">
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="I93" s="6"/>
+        <v>1</v>
+      </c>
+      <c r="E93" s="5">
+        <v>1</v>
+      </c>
+      <c r="F93" s="5">
+        <v>1</v>
+      </c>
+      <c r="G93" s="5">
+        <v>2</v>
+      </c>
+      <c r="H93" s="5">
+        <v>3</v>
+      </c>
+      <c r="I93" s="5">
+        <v>1</v>
+      </c>
       <c r="J93" s="6"/>
       <c r="K93" s="6"/>
       <c r="L93" s="6"/>
       <c r="M93" s="6"/>
       <c r="N93" s="6"/>
       <c r="O93" s="6"/>
       <c r="P93" s="7">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Q93" s="7">
         <v>1</v>
       </c>
       <c r="R93" s="6"/>
     </row>
     <row r="94">
       <c r="A94" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B94" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C94" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D94" s="5">
-        <v>1</v>
-[...5 lines deleted...]
-      <c r="I94" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="E94" s="5">
+        <v>2</v>
+      </c>
+      <c r="F94" s="5">
+        <v>4</v>
+      </c>
+      <c r="G94" s="5">
+        <v>1</v>
+      </c>
+      <c r="H94" s="5">
+        <v>1</v>
+      </c>
+      <c r="I94" s="5">
+        <v>2</v>
+      </c>
       <c r="J94" s="6"/>
       <c r="K94" s="6"/>
       <c r="L94" s="6"/>
       <c r="M94" s="6"/>
       <c r="N94" s="6"/>
       <c r="O94" s="6"/>
       <c r="P94" s="7">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="Q94" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R94" s="6"/>
     </row>
     <row r="95">
       <c r="A95" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B95" s="5">
         <v>5</v>
       </c>
       <c r="C95" s="5">
         <v>1</v>
       </c>
       <c r="D95" s="5">
         <v>2</v>
       </c>
-      <c r="E95" s="6"/>
-[...3 lines deleted...]
-      <c r="I95" s="6"/>
+      <c r="E95" s="5">
+        <v>3</v>
+      </c>
+      <c r="F95" s="5">
+        <v>4</v>
+      </c>
+      <c r="G95" s="5">
+        <v>3</v>
+      </c>
+      <c r="H95" s="5">
+        <v>2</v>
+      </c>
+      <c r="I95" s="5">
+        <v>4</v>
+      </c>
       <c r="J95" s="6"/>
       <c r="K95" s="6"/>
       <c r="L95" s="6"/>
       <c r="M95" s="6"/>
       <c r="N95" s="6"/>
       <c r="O95" s="6"/>
       <c r="P95" s="7">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="Q95" s="7">
         <v>3</v>
       </c>
       <c r="R95" s="6"/>
     </row>
     <row r="96">
       <c r="A96" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B96" s="5">
         <v>5</v>
       </c>
       <c r="C96" s="5">
         <v>4</v>
       </c>
       <c r="D96" s="5">
         <v>4</v>
       </c>
-      <c r="E96" s="6"/>
-[...3 lines deleted...]
-      <c r="I96" s="6"/>
+      <c r="E96" s="5">
+        <v>4</v>
+      </c>
+      <c r="F96" s="5">
+        <v>4</v>
+      </c>
+      <c r="G96" s="5">
+        <v>4</v>
+      </c>
+      <c r="H96" s="5">
+        <v>4</v>
+      </c>
+      <c r="I96" s="5">
+        <v>3</v>
+      </c>
       <c r="J96" s="6"/>
       <c r="K96" s="6"/>
       <c r="L96" s="6"/>
       <c r="M96" s="6"/>
       <c r="N96" s="6"/>
       <c r="O96" s="6"/>
       <c r="P96" s="7">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="Q96" s="7">
         <v>4</v>
       </c>
       <c r="R96" s="6"/>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E99" s="3" t="s">
@@ -2962,199 +3522,239 @@
       </c>
       <c r="M99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O99" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P99" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q99" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R99" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B100" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C100" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D100" s="5">
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="I100" s="6"/>
+        <v>1</v>
+      </c>
+      <c r="E100" s="5">
+        <v>1</v>
+      </c>
+      <c r="F100" s="5">
+        <v>1</v>
+      </c>
+      <c r="G100" s="5">
+        <v>2</v>
+      </c>
+      <c r="H100" s="5">
+        <v>3</v>
+      </c>
+      <c r="I100" s="5">
+        <v>1</v>
+      </c>
       <c r="J100" s="6"/>
       <c r="K100" s="6"/>
       <c r="L100" s="6"/>
       <c r="M100" s="6"/>
       <c r="N100" s="6"/>
       <c r="O100" s="6"/>
       <c r="P100" s="7">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Q100" s="7">
         <v>1</v>
       </c>
       <c r="R100" s="6"/>
     </row>
     <row r="101">
       <c r="A101" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B101" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C101" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D101" s="5">
-        <v>1</v>
-[...5 lines deleted...]
-      <c r="I101" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="E101" s="5">
+        <v>2</v>
+      </c>
+      <c r="F101" s="5">
+        <v>4</v>
+      </c>
+      <c r="G101" s="5">
+        <v>1</v>
+      </c>
+      <c r="H101" s="5">
+        <v>1</v>
+      </c>
+      <c r="I101" s="5">
+        <v>2</v>
+      </c>
       <c r="J101" s="6"/>
       <c r="K101" s="6"/>
       <c r="L101" s="6"/>
       <c r="M101" s="6"/>
       <c r="N101" s="6"/>
       <c r="O101" s="6"/>
       <c r="P101" s="7">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="Q101" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R101" s="6"/>
     </row>
     <row r="102">
       <c r="A102" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B102" s="5">
         <v>5</v>
       </c>
       <c r="C102" s="5">
         <v>1</v>
       </c>
       <c r="D102" s="5">
         <v>2</v>
       </c>
-      <c r="E102" s="6"/>
-[...3 lines deleted...]
-      <c r="I102" s="6"/>
+      <c r="E102" s="5">
+        <v>3</v>
+      </c>
+      <c r="F102" s="5">
+        <v>4</v>
+      </c>
+      <c r="G102" s="5">
+        <v>3</v>
+      </c>
+      <c r="H102" s="5">
+        <v>2</v>
+      </c>
+      <c r="I102" s="5">
+        <v>4</v>
+      </c>
       <c r="J102" s="6"/>
       <c r="K102" s="6"/>
       <c r="L102" s="6"/>
       <c r="M102" s="6"/>
       <c r="N102" s="6"/>
       <c r="O102" s="6"/>
       <c r="P102" s="7">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="Q102" s="7">
         <v>3</v>
       </c>
       <c r="R102" s="6"/>
     </row>
     <row r="103">
       <c r="A103" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B103" s="5">
         <v>5</v>
       </c>
       <c r="C103" s="5">
         <v>4</v>
       </c>
       <c r="D103" s="5">
         <v>4</v>
       </c>
-      <c r="E103" s="6"/>
-[...3 lines deleted...]
-      <c r="I103" s="6"/>
+      <c r="E103" s="5">
+        <v>4</v>
+      </c>
+      <c r="F103" s="5">
+        <v>4</v>
+      </c>
+      <c r="G103" s="5">
+        <v>4</v>
+      </c>
+      <c r="H103" s="5">
+        <v>4</v>
+      </c>
+      <c r="I103" s="5">
+        <v>3</v>
+      </c>
       <c r="J103" s="6"/>
       <c r="K103" s="6"/>
       <c r="L103" s="6"/>
       <c r="M103" s="6"/>
       <c r="N103" s="6"/>
       <c r="O103" s="6"/>
       <c r="P103" s="7">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="Q103" s="7">
         <v>4</v>
       </c>
       <c r="R103" s="6"/>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
   <dimension ref="A1:Q121"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <pane xSplit="1" topLeftCell="B1" state="frozen" activePane="topRight"/>
       <selection pane="topRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="27.034852981567383" customWidth="1"/>
     <col min="2" max="2" width="16.617462158203125" customWidth="1"/>
     <col min="3" max="3" width="17.895509719848633" customWidth="1"/>
     <col min="4" max="4" width="14.352396965026855" customWidth="1"/>
     <col min="5" max="5" width="31.501495361328125" customWidth="1"/>
     <col min="6" max="6" width="26.151399612426758" customWidth="1"/>
     <col min="7" max="7" width="15.553421020507812" customWidth="1"/>
     <col min="8" max="8" width="16.22090721130371" customWidth="1"/>
     <col min="9" max="9" width="24.163484573364258" customWidth="1"/>
-    <col min="10" max="10" width="21.079160690307617" customWidth="1"/>
+    <col min="10" max="10" width="34.541053771972656" customWidth="1"/>
     <col min="11" max="11" width="19.279329299926758" customWidth="1"/>
     <col min="12" max="12" width="23.0200138092041" customWidth="1"/>
     <col min="13" max="13" width="16.83424949645996" customWidth="1"/>
     <col min="14" max="14" width="15.37827205657959" customWidth="1"/>
     <col min="15" max="15" width="29.80595588684082" customWidth="1"/>
     <col min="16" max="16" width="17.682357788085938" customWidth="1"/>
     <col min="17" max="17" width="18.167335510253906" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
@@ -3252,159 +3852,193 @@
       <c r="M5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="E6" s="6"/>
-[...3 lines deleted...]
-      <c r="I6" s="6"/>
+      <c r="E6" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>48</v>
+      </c>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="7">
-        <v>52</v>
+        <v>168</v>
       </c>
       <c r="Q6" s="7">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-      <c r="I7" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" s="9"/>
+      <c r="G7" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="7">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="Q7" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-      <c r="I8" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="7">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="Q8" s="7">
-        <v>8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-      <c r="I9" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" s="9"/>
+      <c r="H9" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I9" s="9"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="7">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="Q9" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>7</v>
@@ -3481,159 +4115,193 @@
       <c r="M13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="E14" s="6"/>
-[...3 lines deleted...]
-      <c r="I14" s="6"/>
+      <c r="E14" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>48</v>
+      </c>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="6"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="7">
-        <v>52</v>
+        <v>168</v>
       </c>
       <c r="Q14" s="7">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-      <c r="I15" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" s="9"/>
+      <c r="G15" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="6"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="7">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="Q15" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-      <c r="I16" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="7">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="Q16" s="7">
-        <v>8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-      <c r="I17" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" s="9"/>
+      <c r="H17" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I17" s="9"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="7">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="Q17" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>7</v>
@@ -3710,159 +4378,193 @@
       <c r="M21" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="E22" s="6"/>
-[...3 lines deleted...]
-      <c r="I22" s="6"/>
+      <c r="E22" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>48</v>
+      </c>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="6"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="7">
-        <v>52</v>
+        <v>168</v>
       </c>
       <c r="Q22" s="7">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-      <c r="I23" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" s="9"/>
+      <c r="G23" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="6"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="7">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="Q23" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-      <c r="I24" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="7">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="Q24" s="7">
-        <v>8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-      <c r="I25" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" s="9"/>
+      <c r="H25" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I25" s="9"/>
       <c r="J25" s="6"/>
       <c r="K25" s="6"/>
       <c r="L25" s="6"/>
       <c r="M25" s="6"/>
       <c r="N25" s="6"/>
       <c r="O25" s="6"/>
       <c r="P25" s="7">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="Q25" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>7</v>
@@ -3939,159 +4641,193 @@
       <c r="M29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P29" s="6"/>
       <c r="Q29" s="6"/>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="E30" s="6"/>
-[...3 lines deleted...]
-      <c r="I30" s="6"/>
+      <c r="E30" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>48</v>
+      </c>
       <c r="J30" s="6"/>
       <c r="K30" s="6"/>
       <c r="L30" s="6"/>
       <c r="M30" s="6"/>
       <c r="N30" s="6"/>
       <c r="O30" s="6"/>
       <c r="P30" s="7">
-        <v>52</v>
+        <v>168</v>
       </c>
       <c r="Q30" s="7">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-      <c r="I31" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F31" s="9"/>
+      <c r="G31" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="J31" s="6"/>
       <c r="K31" s="6"/>
       <c r="L31" s="6"/>
       <c r="M31" s="6"/>
       <c r="N31" s="6"/>
       <c r="O31" s="6"/>
       <c r="P31" s="7">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="Q31" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-      <c r="I32" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="J32" s="6"/>
       <c r="K32" s="6"/>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
       <c r="O32" s="6"/>
       <c r="P32" s="7">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="Q32" s="7">
-        <v>8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-      <c r="I33" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G33" s="9"/>
+      <c r="H33" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I33" s="9"/>
       <c r="J33" s="6"/>
       <c r="K33" s="6"/>
       <c r="L33" s="6"/>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
       <c r="O33" s="6"/>
       <c r="P33" s="7">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="Q33" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>7</v>
@@ -4160,165 +4896,195 @@
         <v>41</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P37" s="6"/>
       <c r="Q37" s="6"/>
     </row>
     <row r="38">
       <c r="A38" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-      <c r="I38" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>49</v>
+      </c>
       <c r="J38" s="6"/>
       <c r="K38" s="6"/>
       <c r="L38" s="6"/>
       <c r="M38" s="6"/>
       <c r="N38" s="6"/>
       <c r="O38" s="6"/>
       <c r="P38" s="7">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="Q38" s="7">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-      <c r="I39" s="6"/>
+        <v>49</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F39" s="9"/>
+      <c r="G39" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H39" s="9"/>
+      <c r="I39" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="J39" s="6"/>
       <c r="K39" s="6"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
       <c r="O39" s="6"/>
       <c r="P39" s="7">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="Q39" s="7">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B40" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C40" s="5" t="s">
-[...9 lines deleted...]
-      <c r="I40" s="6"/>
+      <c r="E40" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H40" s="9"/>
+      <c r="I40" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="J40" s="6"/>
       <c r="K40" s="6"/>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
       <c r="O40" s="6"/>
       <c r="P40" s="7">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Q40" s="7">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D41" s="9"/>
-      <c r="E41" s="6"/>
-[...3 lines deleted...]
-      <c r="I41" s="6"/>
+      <c r="E41" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F41" s="9"/>
+      <c r="G41" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I41" s="9"/>
       <c r="J41" s="6"/>
       <c r="K41" s="6"/>
       <c r="L41" s="6"/>
       <c r="M41" s="6"/>
       <c r="N41" s="6"/>
       <c r="O41" s="6"/>
       <c r="P41" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="Q41" s="7">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>7</v>
@@ -4387,165 +5153,195 @@
         <v>41</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P45" s="6"/>
       <c r="Q45" s="6"/>
     </row>
     <row r="46">
       <c r="A46" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-      <c r="I46" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>49</v>
+      </c>
       <c r="J46" s="6"/>
       <c r="K46" s="6"/>
       <c r="L46" s="6"/>
       <c r="M46" s="6"/>
       <c r="N46" s="6"/>
       <c r="O46" s="6"/>
       <c r="P46" s="7">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="Q46" s="7">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-      <c r="I47" s="6"/>
+        <v>49</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F47" s="9"/>
+      <c r="G47" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H47" s="9"/>
+      <c r="I47" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="J47" s="6"/>
       <c r="K47" s="6"/>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="7">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="Q47" s="7">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B48" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D48" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C48" s="5" t="s">
-[...9 lines deleted...]
-      <c r="I48" s="6"/>
+      <c r="E48" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H48" s="9"/>
+      <c r="I48" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="7">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Q48" s="7">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D49" s="9"/>
-      <c r="E49" s="6"/>
-[...3 lines deleted...]
-      <c r="I49" s="6"/>
+      <c r="E49" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F49" s="9"/>
+      <c r="G49" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I49" s="9"/>
       <c r="J49" s="6"/>
       <c r="K49" s="6"/>
       <c r="L49" s="6"/>
       <c r="M49" s="6"/>
       <c r="N49" s="6"/>
       <c r="O49" s="6"/>
       <c r="P49" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="Q49" s="7">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>7</v>
@@ -4614,165 +5410,195 @@
         <v>41</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P53" s="6"/>
       <c r="Q53" s="6"/>
     </row>
     <row r="54">
       <c r="A54" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-      <c r="I54" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>49</v>
+      </c>
       <c r="J54" s="6"/>
       <c r="K54" s="6"/>
       <c r="L54" s="6"/>
       <c r="M54" s="6"/>
       <c r="N54" s="6"/>
       <c r="O54" s="6"/>
       <c r="P54" s="7">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="Q54" s="7">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-      <c r="I55" s="6"/>
+        <v>49</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F55" s="9"/>
+      <c r="G55" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H55" s="9"/>
+      <c r="I55" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="J55" s="6"/>
       <c r="K55" s="6"/>
       <c r="L55" s="6"/>
       <c r="M55" s="6"/>
       <c r="N55" s="6"/>
       <c r="O55" s="6"/>
       <c r="P55" s="7">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="Q55" s="7">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B56" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D56" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C56" s="5" t="s">
-[...9 lines deleted...]
-      <c r="I56" s="6"/>
+      <c r="E56" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H56" s="9"/>
+      <c r="I56" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="J56" s="6"/>
       <c r="K56" s="6"/>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
       <c r="O56" s="6"/>
       <c r="P56" s="7">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Q56" s="7">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D57" s="9"/>
-      <c r="E57" s="6"/>
-[...3 lines deleted...]
-      <c r="I57" s="6"/>
+      <c r="E57" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F57" s="9"/>
+      <c r="G57" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I57" s="9"/>
       <c r="J57" s="6"/>
       <c r="K57" s="6"/>
       <c r="L57" s="6"/>
       <c r="M57" s="6"/>
       <c r="N57" s="6"/>
       <c r="O57" s="6"/>
       <c r="P57" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="Q57" s="7">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>7</v>
@@ -4841,165 +5667,195 @@
         <v>41</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P61" s="6"/>
       <c r="Q61" s="6"/>
     </row>
     <row r="62">
       <c r="A62" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-      <c r="I62" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G62" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>49</v>
+      </c>
       <c r="J62" s="6"/>
       <c r="K62" s="6"/>
       <c r="L62" s="6"/>
       <c r="M62" s="6"/>
       <c r="N62" s="6"/>
       <c r="O62" s="6"/>
       <c r="P62" s="7">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="Q62" s="7">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-      <c r="I63" s="6"/>
+        <v>49</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F63" s="9"/>
+      <c r="G63" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H63" s="9"/>
+      <c r="I63" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="J63" s="6"/>
       <c r="K63" s="6"/>
       <c r="L63" s="6"/>
       <c r="M63" s="6"/>
       <c r="N63" s="6"/>
       <c r="O63" s="6"/>
       <c r="P63" s="7">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="Q63" s="7">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B64" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C64" s="5" t="s">
-[...9 lines deleted...]
-      <c r="I64" s="6"/>
+      <c r="E64" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H64" s="9"/>
+      <c r="I64" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="J64" s="6"/>
       <c r="K64" s="6"/>
       <c r="L64" s="6"/>
       <c r="M64" s="6"/>
       <c r="N64" s="6"/>
       <c r="O64" s="6"/>
       <c r="P64" s="7">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Q64" s="7">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D65" s="9"/>
-      <c r="E65" s="6"/>
-[...3 lines deleted...]
-      <c r="I65" s="6"/>
+      <c r="E65" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F65" s="9"/>
+      <c r="G65" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I65" s="9"/>
       <c r="J65" s="6"/>
       <c r="K65" s="6"/>
       <c r="L65" s="6"/>
       <c r="M65" s="6"/>
       <c r="N65" s="6"/>
       <c r="O65" s="6"/>
       <c r="P65" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="Q65" s="7">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>7</v>
@@ -5068,136 +5924,166 @@
         <v>41</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M69" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O69" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P69" s="6"/>
       <c r="Q69" s="6"/>
     </row>
     <row r="70">
       <c r="A70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E70" s="6"/>
-[...3 lines deleted...]
-      <c r="I70" s="6"/>
+      <c r="E70" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>61</v>
+      </c>
       <c r="J70" s="6"/>
       <c r="K70" s="6"/>
       <c r="L70" s="6"/>
       <c r="M70" s="6"/>
       <c r="N70" s="6"/>
       <c r="O70" s="6"/>
       <c r="P70" s="7">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="Q70" s="7">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="I71" s="6"/>
+        <v>67</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="J71" s="6"/>
       <c r="K71" s="6"/>
       <c r="L71" s="6"/>
       <c r="M71" s="6"/>
       <c r="N71" s="6"/>
       <c r="O71" s="6"/>
       <c r="P71" s="7">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="Q71" s="7">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B72" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C72" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C72" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G72" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="E72" s="6"/>
-[...3 lines deleted...]
-      <c r="I72" s="6"/>
+      <c r="H72" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="J72" s="6"/>
       <c r="K72" s="6"/>
       <c r="L72" s="6"/>
       <c r="M72" s="6"/>
       <c r="N72" s="6"/>
       <c r="O72" s="6"/>
       <c r="P72" s="7">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="Q72" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>7</v>
@@ -5266,136 +6152,166 @@
         <v>41</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M76" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O76" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P76" s="6"/>
       <c r="Q76" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E77" s="6"/>
-[...3 lines deleted...]
-      <c r="I77" s="6"/>
+      <c r="E77" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>61</v>
+      </c>
       <c r="J77" s="6"/>
       <c r="K77" s="6"/>
       <c r="L77" s="6"/>
       <c r="M77" s="6"/>
       <c r="N77" s="6"/>
       <c r="O77" s="6"/>
       <c r="P77" s="7">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="Q77" s="7">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="I78" s="6"/>
+        <v>67</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="J78" s="6"/>
       <c r="K78" s="6"/>
       <c r="L78" s="6"/>
       <c r="M78" s="6"/>
       <c r="N78" s="6"/>
       <c r="O78" s="6"/>
       <c r="P78" s="7">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="Q78" s="7">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B79" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C79" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C79" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G79" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="E79" s="6"/>
-[...3 lines deleted...]
-      <c r="I79" s="6"/>
+      <c r="H79" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="J79" s="6"/>
       <c r="K79" s="6"/>
       <c r="L79" s="6"/>
       <c r="M79" s="6"/>
       <c r="N79" s="6"/>
       <c r="O79" s="6"/>
       <c r="P79" s="7">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="Q79" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>7</v>
@@ -5464,136 +6380,166 @@
         <v>41</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O83" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P83" s="6"/>
       <c r="Q83" s="6"/>
     </row>
     <row r="84">
       <c r="A84" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E84" s="6"/>
-[...3 lines deleted...]
-      <c r="I84" s="6"/>
+      <c r="E84" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>61</v>
+      </c>
       <c r="J84" s="6"/>
       <c r="K84" s="6"/>
       <c r="L84" s="6"/>
       <c r="M84" s="6"/>
       <c r="N84" s="6"/>
       <c r="O84" s="6"/>
       <c r="P84" s="7">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="Q84" s="7">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="I85" s="6"/>
+        <v>67</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="J85" s="6"/>
       <c r="K85" s="6"/>
       <c r="L85" s="6"/>
       <c r="M85" s="6"/>
       <c r="N85" s="6"/>
       <c r="O85" s="6"/>
       <c r="P85" s="7">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="Q85" s="7">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B86" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C86" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G86" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="E86" s="6"/>
-[...3 lines deleted...]
-      <c r="I86" s="6"/>
+      <c r="H86" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="J86" s="6"/>
       <c r="K86" s="6"/>
       <c r="L86" s="6"/>
       <c r="M86" s="6"/>
       <c r="N86" s="6"/>
       <c r="O86" s="6"/>
       <c r="P86" s="7">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="Q86" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>7</v>
@@ -5659,162 +6605,188 @@
         <v>41</v>
       </c>
       <c r="J90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P90" s="6"/>
       <c r="Q90" s="6"/>
     </row>
     <row r="91">
       <c r="A91" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B91" s="9"/>
       <c r="C91" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D91" s="5" t="s">
-[...6 lines deleted...]
-      <c r="I91" s="6"/>
+      <c r="I91" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="J91" s="6"/>
       <c r="K91" s="6"/>
       <c r="L91" s="6"/>
       <c r="M91" s="6"/>
       <c r="N91" s="6"/>
       <c r="O91" s="6"/>
       <c r="P91" s="7">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="Q91" s="7">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-      <c r="I92" s="6"/>
+        <v>57</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F92" s="9"/>
+      <c r="G92" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="J92" s="6"/>
       <c r="K92" s="6"/>
       <c r="L92" s="6"/>
       <c r="M92" s="6"/>
       <c r="N92" s="6"/>
       <c r="O92" s="6"/>
       <c r="P92" s="7">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="Q92" s="7">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B93" s="9"/>
       <c r="C93" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D93" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D93" s="5" t="s">
-[...6 lines deleted...]
-      <c r="I93" s="6"/>
+      <c r="E93" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F93" s="9"/>
+      <c r="G93" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H93" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I93" s="9"/>
       <c r="J93" s="6"/>
       <c r="K93" s="6"/>
       <c r="L93" s="6"/>
       <c r="M93" s="6"/>
       <c r="N93" s="6"/>
       <c r="O93" s="6"/>
       <c r="P93" s="7">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="Q93" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B94" s="9"/>
       <c r="C94" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D94" s="9"/>
-      <c r="E94" s="6"/>
-[...3 lines deleted...]
-      <c r="I94" s="6"/>
+      <c r="E94" s="9"/>
+      <c r="F94" s="9"/>
+      <c r="G94" s="9"/>
+      <c r="H94" s="9"/>
+      <c r="I94" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="J94" s="6"/>
       <c r="K94" s="6"/>
       <c r="L94" s="6"/>
       <c r="M94" s="6"/>
       <c r="N94" s="6"/>
       <c r="O94" s="6"/>
       <c r="P94" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q94" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>7</v>
@@ -5880,162 +6852,188 @@
         <v>41</v>
       </c>
       <c r="J98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P98" s="6"/>
       <c r="Q98" s="6"/>
     </row>
     <row r="99">
       <c r="A99" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B99" s="9"/>
       <c r="C99" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H99" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D99" s="5" t="s">
-[...6 lines deleted...]
-      <c r="I99" s="6"/>
+      <c r="I99" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="J99" s="6"/>
       <c r="K99" s="6"/>
       <c r="L99" s="6"/>
       <c r="M99" s="6"/>
       <c r="N99" s="6"/>
       <c r="O99" s="6"/>
       <c r="P99" s="7">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="Q99" s="7">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-      <c r="I100" s="6"/>
+        <v>57</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F100" s="9"/>
+      <c r="G100" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="J100" s="6"/>
       <c r="K100" s="6"/>
       <c r="L100" s="6"/>
       <c r="M100" s="6"/>
       <c r="N100" s="6"/>
       <c r="O100" s="6"/>
       <c r="P100" s="7">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="Q100" s="7">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B101" s="9"/>
       <c r="C101" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D101" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D101" s="5" t="s">
-[...6 lines deleted...]
-      <c r="I101" s="6"/>
+      <c r="E101" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F101" s="9"/>
+      <c r="G101" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I101" s="9"/>
       <c r="J101" s="6"/>
       <c r="K101" s="6"/>
       <c r="L101" s="6"/>
       <c r="M101" s="6"/>
       <c r="N101" s="6"/>
       <c r="O101" s="6"/>
       <c r="P101" s="7">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="Q101" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B102" s="9"/>
       <c r="C102" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D102" s="9"/>
-      <c r="E102" s="6"/>
-[...3 lines deleted...]
-      <c r="I102" s="6"/>
+      <c r="E102" s="9"/>
+      <c r="F102" s="9"/>
+      <c r="G102" s="9"/>
+      <c r="H102" s="9"/>
+      <c r="I102" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="J102" s="6"/>
       <c r="K102" s="6"/>
       <c r="L102" s="6"/>
       <c r="M102" s="6"/>
       <c r="N102" s="6"/>
       <c r="O102" s="6"/>
       <c r="P102" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q102" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>7</v>
@@ -6101,162 +7099,188 @@
         <v>41</v>
       </c>
       <c r="J106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P106" s="6"/>
       <c r="Q106" s="6"/>
     </row>
     <row r="107">
       <c r="A107" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B107" s="9"/>
       <c r="C107" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G107" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D107" s="5" t="s">
-[...6 lines deleted...]
-      <c r="I107" s="6"/>
+      <c r="I107" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="J107" s="6"/>
       <c r="K107" s="6"/>
       <c r="L107" s="6"/>
       <c r="M107" s="6"/>
       <c r="N107" s="6"/>
       <c r="O107" s="6"/>
       <c r="P107" s="7">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="Q107" s="7">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-      <c r="I108" s="6"/>
+        <v>57</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F108" s="9"/>
+      <c r="G108" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="J108" s="6"/>
       <c r="K108" s="6"/>
       <c r="L108" s="6"/>
       <c r="M108" s="6"/>
       <c r="N108" s="6"/>
       <c r="O108" s="6"/>
       <c r="P108" s="7">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="Q108" s="7">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B109" s="9"/>
       <c r="C109" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D109" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D109" s="5" t="s">
-[...6 lines deleted...]
-      <c r="I109" s="6"/>
+      <c r="E109" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F109" s="9"/>
+      <c r="G109" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I109" s="9"/>
       <c r="J109" s="6"/>
       <c r="K109" s="6"/>
       <c r="L109" s="6"/>
       <c r="M109" s="6"/>
       <c r="N109" s="6"/>
       <c r="O109" s="6"/>
       <c r="P109" s="7">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="Q109" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B110" s="9"/>
       <c r="C110" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D110" s="9"/>
-      <c r="E110" s="6"/>
-[...3 lines deleted...]
-      <c r="I110" s="6"/>
+      <c r="E110" s="9"/>
+      <c r="F110" s="9"/>
+      <c r="G110" s="9"/>
+      <c r="H110" s="9"/>
+      <c r="I110" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="J110" s="6"/>
       <c r="K110" s="6"/>
       <c r="L110" s="6"/>
       <c r="M110" s="6"/>
       <c r="N110" s="6"/>
       <c r="O110" s="6"/>
       <c r="P110" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q110" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C113" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>7</v>
@@ -6322,246 +7346,282 @@
         <v>41</v>
       </c>
       <c r="J114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P114" s="6"/>
       <c r="Q114" s="6"/>
     </row>
     <row r="115">
       <c r="A115" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B115" s="9"/>
       <c r="C115" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G115" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H115" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D115" s="5" t="s">
-[...6 lines deleted...]
-      <c r="I115" s="6"/>
+      <c r="I115" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="J115" s="6"/>
       <c r="K115" s="6"/>
       <c r="L115" s="6"/>
       <c r="M115" s="6"/>
       <c r="N115" s="6"/>
       <c r="O115" s="6"/>
       <c r="P115" s="7">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="Q115" s="7">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-      <c r="I116" s="6"/>
+        <v>57</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F116" s="9"/>
+      <c r="G116" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="J116" s="6"/>
       <c r="K116" s="6"/>
       <c r="L116" s="6"/>
       <c r="M116" s="6"/>
       <c r="N116" s="6"/>
       <c r="O116" s="6"/>
       <c r="P116" s="7">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="Q116" s="7">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B117" s="9"/>
       <c r="C117" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D117" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D117" s="5" t="s">
-[...6 lines deleted...]
-      <c r="I117" s="6"/>
+      <c r="E117" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F117" s="9"/>
+      <c r="G117" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H117" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I117" s="9"/>
       <c r="J117" s="6"/>
       <c r="K117" s="6"/>
       <c r="L117" s="6"/>
       <c r="M117" s="6"/>
       <c r="N117" s="6"/>
       <c r="O117" s="6"/>
       <c r="P117" s="7">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="Q117" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B118" s="9"/>
       <c r="C118" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D118" s="9"/>
-      <c r="E118" s="6"/>
-[...3 lines deleted...]
-      <c r="I118" s="6"/>
+      <c r="E118" s="9"/>
+      <c r="F118" s="9"/>
+      <c r="G118" s="9"/>
+      <c r="H118" s="9"/>
+      <c r="I118" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="J118" s="6"/>
       <c r="K118" s="6"/>
       <c r="L118" s="6"/>
       <c r="M118" s="6"/>
       <c r="N118" s="6"/>
       <c r="O118" s="6"/>
       <c r="P118" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q118" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="10" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K120" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L120" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O120" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P120" s="3" t="s">
         <v>39</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="B121" s="5">
         <v>18</v>
       </c>
       <c r="C121" s="5">
         <v>16</v>
       </c>
       <c r="D121" s="5">
         <v>18</v>
       </c>
-      <c r="E121" s="6"/>
-[...3 lines deleted...]
-      <c r="I121" s="6"/>
+      <c r="E121" s="5">
+        <v>28</v>
+      </c>
+      <c r="F121" s="5">
+        <v>6</v>
+      </c>
+      <c r="G121" s="5">
+        <v>36</v>
+      </c>
+      <c r="H121" s="5">
+        <v>17</v>
+      </c>
+      <c r="I121" s="5">
+        <v>29</v>
+      </c>
       <c r="J121" s="6"/>
       <c r="K121" s="6"/>
       <c r="L121" s="6"/>
       <c r="M121" s="6"/>
       <c r="N121" s="6"/>
       <c r="O121" s="6"/>
       <c r="P121" s="7">
-        <v>52</v>
+        <v>168</v>
       </c>
       <c r="Q121" s="7">
-        <f>SUM(B121:O121)/3</f>
+        <f>SUM(B121:O121)/8</f>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Gulf Coast Corporate Cup under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:keywords>EPPlus noncommercial use</cp:keywords>
   <dc:description>This workbook has been created with EPPlus licensed to Gulf Coast Corporate Cup under The Polyform Noncommercial License: See https://polyformproject.org/licenses/noncommercial/1.0.0</dc:description>
   <dc:creator>Gulf Coast Corporate Cup</dc:creator>
 </cp:coreProperties>