--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -10,98 +10,98 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Season Results Scores" sheetId="1" r:id="rId1"/>
     <sheet name="Season Results Participants" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <si>
     <t>Season Results Scores</t>
   </si>
   <si>
     <t>Division 1 - Scoring Totals</t>
   </si>
   <si>
     <t>Team Name</t>
   </si>
   <si>
     <t>Satsuma 2 Miler</t>
   </si>
   <si>
     <t>Hurricane Run 5k</t>
   </si>
   <si>
     <t>Go Run 5k</t>
   </si>
   <si>
     <t>Bras Across the "CAUSE" way 5K</t>
   </si>
   <si>
     <t>Puppy Creek Trail Run 10k</t>
   </si>
   <si>
     <t>Battleship 12k</t>
   </si>
   <si>
     <t>Turkey 10 Miler</t>
   </si>
   <si>
     <t>Turkey Trot for Hope 5K</t>
   </si>
   <si>
     <t>Bayou Half Marathon (Rescheduled)</t>
   </si>
   <si>
     <t>Joe Cain Classic 5k</t>
   </si>
   <si>
     <t>Battle of Mobile Bay 5k</t>
   </si>
   <si>
     <t>Azalea Trail Run</t>
   </si>
   <si>
-    <t>Old Mobile 8K</t>
+    <t>Saraland 8K</t>
   </si>
   <si>
     <t>Do It In The Bush 5K Trail Run</t>
   </si>
   <si>
     <t>Final Total</t>
   </si>
   <si>
     <t>Final Place</t>
   </si>
   <si>
     <t>Tie Break Score</t>
   </si>
   <si>
     <t>Bombers</t>
   </si>
   <si>
     <t>Port City Pacers</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>SSAB</t>
   </si>
@@ -114,153 +114,162 @@
   <si>
     <t>Alabama Power</t>
   </si>
   <si>
     <t>Citronelle Veterinary Clinic</t>
   </si>
   <si>
     <t>SHBC</t>
   </si>
   <si>
     <t>Division 3 - Scoring Totals</t>
   </si>
   <si>
     <t>ArcelorMittal Calvert</t>
   </si>
   <si>
     <t>Austal</t>
   </si>
   <si>
     <t>Bay Area Runners</t>
   </si>
   <si>
     <t>Division 4 - Scoring Totals</t>
   </si>
   <si>
-    <t>OneSubsea</t>
+    <t>Lenzing</t>
   </si>
   <si>
-    <t>Lenzing</t>
+    <t>OneSubsea</t>
   </si>
   <si>
     <t>Coldsmith &amp; Associates</t>
   </si>
   <si>
     <t>Norton Lilly</t>
   </si>
   <si>
     <t>Season Results Participants</t>
   </si>
   <si>
     <t>Total Participants</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
     <t>Parts / Points</t>
   </si>
   <si>
     <t>18 / 4</t>
   </si>
   <si>
     <t>16 / 4</t>
   </si>
   <si>
     <t>28 / 4</t>
   </si>
   <si>
     <t>6 / 4</t>
   </si>
   <si>
     <t>36 / 4</t>
   </si>
   <si>
     <t>17 / 4</t>
   </si>
   <si>
     <t>29 / 4</t>
   </si>
   <si>
+    <t>11 / 4</t>
+  </si>
+  <si>
+    <t>24 / 4</t>
+  </si>
+  <si>
     <t>5 / 2</t>
   </si>
   <si>
     <t>9 / 3</t>
   </si>
   <si>
     <t>13 / 3</t>
   </si>
   <si>
     <t>12 / 3</t>
   </si>
   <si>
     <t>3 / 2</t>
   </si>
   <si>
-    <t>4 / 2</t>
+    <t>1 / 1</t>
   </si>
   <si>
     <t>7 / 3</t>
   </si>
   <si>
-    <t>2 / 1</t>
+    <t>4 / 2</t>
   </si>
   <si>
-    <t>1 / 1</t>
+    <t>2 / 1</t>
   </si>
   <si>
     <t>3 / 3</t>
   </si>
   <si>
     <t>8 / 4</t>
   </si>
   <si>
     <t>7 / 4</t>
   </si>
   <si>
     <t>6 / 3</t>
   </si>
   <si>
     <t>4 / 3</t>
   </si>
   <si>
     <t>2 / 2</t>
   </si>
   <si>
+    <t>1 / 2</t>
+  </si>
+  <si>
+    <t>5 / 3</t>
+  </si>
+  <si>
     <t>13 / 4</t>
   </si>
   <si>
     <t>30 / 4</t>
   </si>
   <si>
     <t>12 / 4</t>
   </si>
   <si>
     <t>8 / 3</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 / 3</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Average Per Race</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="11"/>
@@ -356,51 +365,51 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
   <dimension ref="A1:R103"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <pane xSplit="1" topLeftCell="B1" state="frozen" activePane="topRight"/>
       <selection pane="topRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.286182403564453" customWidth="1"/>
     <col min="2" max="2" width="16.617462158203125" customWidth="1"/>
     <col min="3" max="3" width="17.895509719848633" customWidth="1"/>
     <col min="4" max="4" width="11.433794021606445" customWidth="1"/>
     <col min="5" max="5" width="31.501495361328125" customWidth="1"/>
     <col min="6" max="6" width="26.151399612426758" customWidth="1"/>
     <col min="7" max="7" width="15.553421020507812" customWidth="1"/>
     <col min="8" max="8" width="16.22090721130371" customWidth="1"/>
     <col min="9" max="9" width="24.163484573364258" customWidth="1"/>
     <col min="10" max="10" width="34.541053771972656" customWidth="1"/>
     <col min="11" max="11" width="19.279329299926758" customWidth="1"/>
     <col min="12" max="12" width="23.0200138092041" customWidth="1"/>
     <col min="13" max="13" width="16.83424949645996" customWidth="1"/>
-    <col min="14" max="14" width="15.37827205657959" customWidth="1"/>
+    <col min="14" max="14" width="13.267885208129883" customWidth="1"/>
     <col min="15" max="15" width="29.80595588684082" customWidth="1"/>
     <col min="16" max="16" width="11.611623764038086" customWidth="1"/>
     <col min="17" max="17" width="11.891565322875977" customWidth="1"/>
     <col min="18" max="18" width="16.281673431396484" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
@@ -465,184 +474,200 @@
       </c>
       <c r="B5" s="5">
         <v>1</v>
       </c>
       <c r="C5" s="5">
         <v>1</v>
       </c>
       <c r="D5" s="5">
         <v>1</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="5">
         <v>1</v>
       </c>
       <c r="G5" s="5">
         <v>1</v>
       </c>
       <c r="H5" s="5">
         <v>1</v>
       </c>
       <c r="I5" s="5">
         <v>1</v>
       </c>
-      <c r="J5" s="6"/>
-      <c r="K5" s="6"/>
+      <c r="J5" s="5">
+        <v>1</v>
+      </c>
+      <c r="K5" s="5">
+        <v>1</v>
+      </c>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q5" s="7">
         <v>1</v>
       </c>
       <c r="R5" s="6"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="5">
         <v>2</v>
       </c>
       <c r="C6" s="5">
         <v>2</v>
       </c>
       <c r="D6" s="5">
         <v>2</v>
       </c>
       <c r="E6" s="5">
         <v>3</v>
       </c>
       <c r="F6" s="5">
         <v>3</v>
       </c>
       <c r="G6" s="5">
         <v>3</v>
       </c>
       <c r="H6" s="5">
         <v>2</v>
       </c>
       <c r="I6" s="5">
         <v>3</v>
       </c>
-      <c r="J6" s="6"/>
-      <c r="K6" s="6"/>
+      <c r="J6" s="5">
+        <v>2</v>
+      </c>
+      <c r="K6" s="5">
+        <v>3</v>
+      </c>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="7">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="Q6" s="7">
         <v>2</v>
       </c>
       <c r="R6" s="6"/>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="5">
         <v>4</v>
       </c>
       <c r="C7" s="5">
         <v>4</v>
       </c>
       <c r="D7" s="5">
         <v>3</v>
       </c>
       <c r="E7" s="5">
         <v>2</v>
       </c>
       <c r="F7" s="5">
         <v>4</v>
       </c>
       <c r="G7" s="5">
         <v>2</v>
       </c>
       <c r="H7" s="5">
         <v>4</v>
       </c>
       <c r="I7" s="5">
         <v>2</v>
       </c>
-      <c r="J7" s="6"/>
-      <c r="K7" s="6"/>
+      <c r="J7" s="5">
+        <v>3</v>
+      </c>
+      <c r="K7" s="5">
+        <v>4</v>
+      </c>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="7">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="Q7" s="7">
         <v>3</v>
       </c>
       <c r="R7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="5">
         <v>3</v>
       </c>
       <c r="C8" s="5">
         <v>3</v>
       </c>
       <c r="D8" s="5">
         <v>4</v>
       </c>
       <c r="E8" s="5">
         <v>4</v>
       </c>
       <c r="F8" s="5">
         <v>2</v>
       </c>
       <c r="G8" s="5">
         <v>4</v>
       </c>
       <c r="H8" s="5">
         <v>3</v>
       </c>
       <c r="I8" s="5">
         <v>4</v>
       </c>
-      <c r="J8" s="6"/>
-      <c r="K8" s="6"/>
+      <c r="J8" s="5">
+        <v>4</v>
+      </c>
+      <c r="K8" s="5">
+        <v>2</v>
+      </c>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="7">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="Q8" s="7">
         <v>4</v>
       </c>
       <c r="R8" s="6"/>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="3" t="s">
@@ -694,184 +719,200 @@
       </c>
       <c r="B12" s="5">
         <v>1</v>
       </c>
       <c r="C12" s="5">
         <v>1</v>
       </c>
       <c r="D12" s="5">
         <v>1</v>
       </c>
       <c r="E12" s="5">
         <v>1</v>
       </c>
       <c r="F12" s="5">
         <v>1</v>
       </c>
       <c r="G12" s="5">
         <v>1</v>
       </c>
       <c r="H12" s="5">
         <v>1</v>
       </c>
       <c r="I12" s="5">
         <v>1</v>
       </c>
-      <c r="J12" s="6"/>
-      <c r="K12" s="6"/>
+      <c r="J12" s="5">
+        <v>1</v>
+      </c>
+      <c r="K12" s="5">
+        <v>1</v>
+      </c>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q12" s="7">
         <v>1</v>
       </c>
       <c r="R12" s="6"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="5">
         <v>2</v>
       </c>
       <c r="C13" s="5">
         <v>2</v>
       </c>
       <c r="D13" s="5">
         <v>2</v>
       </c>
       <c r="E13" s="5">
         <v>3</v>
       </c>
       <c r="F13" s="5">
         <v>3</v>
       </c>
       <c r="G13" s="5">
         <v>3</v>
       </c>
       <c r="H13" s="5">
         <v>2</v>
       </c>
       <c r="I13" s="5">
         <v>3</v>
       </c>
-      <c r="J13" s="6"/>
-      <c r="K13" s="6"/>
+      <c r="J13" s="5">
+        <v>2</v>
+      </c>
+      <c r="K13" s="5">
+        <v>3</v>
+      </c>
       <c r="L13" s="6"/>
       <c r="M13" s="6"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="7">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="Q13" s="7">
         <v>2</v>
       </c>
       <c r="R13" s="6"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="5">
         <v>4</v>
       </c>
       <c r="C14" s="5">
         <v>4</v>
       </c>
       <c r="D14" s="5">
         <v>3</v>
       </c>
       <c r="E14" s="5">
         <v>2</v>
       </c>
       <c r="F14" s="5">
         <v>4</v>
       </c>
       <c r="G14" s="5">
         <v>2</v>
       </c>
       <c r="H14" s="5">
         <v>4</v>
       </c>
       <c r="I14" s="5">
         <v>2</v>
       </c>
-      <c r="J14" s="6"/>
-      <c r="K14" s="6"/>
+      <c r="J14" s="5">
+        <v>3</v>
+      </c>
+      <c r="K14" s="5">
+        <v>4</v>
+      </c>
       <c r="L14" s="6"/>
       <c r="M14" s="6"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="7">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="Q14" s="7">
         <v>3</v>
       </c>
       <c r="R14" s="6"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="5">
         <v>3</v>
       </c>
       <c r="C15" s="5">
         <v>3</v>
       </c>
       <c r="D15" s="5">
         <v>4</v>
       </c>
       <c r="E15" s="5">
         <v>4</v>
       </c>
       <c r="F15" s="5">
         <v>2</v>
       </c>
       <c r="G15" s="5">
         <v>4</v>
       </c>
       <c r="H15" s="5">
         <v>3</v>
       </c>
       <c r="I15" s="5">
         <v>4</v>
       </c>
-      <c r="J15" s="6"/>
-      <c r="K15" s="6"/>
+      <c r="J15" s="5">
+        <v>4</v>
+      </c>
+      <c r="K15" s="5">
+        <v>2</v>
+      </c>
       <c r="L15" s="6"/>
       <c r="M15" s="6"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="7">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="Q15" s="7">
         <v>4</v>
       </c>
       <c r="R15" s="6"/>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="3" t="s">
@@ -923,184 +964,200 @@
       </c>
       <c r="B19" s="5">
         <v>1</v>
       </c>
       <c r="C19" s="5">
         <v>1</v>
       </c>
       <c r="D19" s="5">
         <v>1</v>
       </c>
       <c r="E19" s="5">
         <v>1</v>
       </c>
       <c r="F19" s="5">
         <v>1</v>
       </c>
       <c r="G19" s="5">
         <v>1</v>
       </c>
       <c r="H19" s="5">
         <v>1</v>
       </c>
       <c r="I19" s="5">
         <v>1</v>
       </c>
-      <c r="J19" s="6"/>
-      <c r="K19" s="6"/>
+      <c r="J19" s="5">
+        <v>1</v>
+      </c>
+      <c r="K19" s="5">
+        <v>1</v>
+      </c>
       <c r="L19" s="6"/>
       <c r="M19" s="6"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q19" s="7">
         <v>1</v>
       </c>
       <c r="R19" s="6"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5">
         <v>2</v>
       </c>
       <c r="C20" s="5">
         <v>2</v>
       </c>
       <c r="D20" s="5">
         <v>2</v>
       </c>
       <c r="E20" s="5">
         <v>3</v>
       </c>
       <c r="F20" s="5">
         <v>3</v>
       </c>
       <c r="G20" s="5">
         <v>3</v>
       </c>
       <c r="H20" s="5">
         <v>2</v>
       </c>
       <c r="I20" s="5">
         <v>3</v>
       </c>
-      <c r="J20" s="6"/>
-      <c r="K20" s="6"/>
+      <c r="J20" s="5">
+        <v>2</v>
+      </c>
+      <c r="K20" s="5">
+        <v>3</v>
+      </c>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="7">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="Q20" s="7">
         <v>2</v>
       </c>
       <c r="R20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="5">
         <v>4</v>
       </c>
       <c r="C21" s="5">
         <v>4</v>
       </c>
       <c r="D21" s="5">
         <v>3</v>
       </c>
       <c r="E21" s="5">
         <v>2</v>
       </c>
       <c r="F21" s="5">
         <v>4</v>
       </c>
       <c r="G21" s="5">
         <v>2</v>
       </c>
       <c r="H21" s="5">
         <v>4</v>
       </c>
       <c r="I21" s="5">
         <v>2</v>
       </c>
-      <c r="J21" s="6"/>
-      <c r="K21" s="6"/>
+      <c r="J21" s="5">
+        <v>3</v>
+      </c>
+      <c r="K21" s="5">
+        <v>4</v>
+      </c>
       <c r="L21" s="6"/>
       <c r="M21" s="6"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="7">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="Q21" s="7">
         <v>3</v>
       </c>
       <c r="R21" s="6"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="5">
         <v>3</v>
       </c>
       <c r="C22" s="5">
         <v>3</v>
       </c>
       <c r="D22" s="5">
         <v>4</v>
       </c>
       <c r="E22" s="5">
         <v>4</v>
       </c>
       <c r="F22" s="5">
         <v>2</v>
       </c>
       <c r="G22" s="5">
         <v>4</v>
       </c>
       <c r="H22" s="5">
         <v>3</v>
       </c>
       <c r="I22" s="5">
         <v>4</v>
       </c>
-      <c r="J22" s="6"/>
-      <c r="K22" s="6"/>
+      <c r="J22" s="5">
+        <v>4</v>
+      </c>
+      <c r="K22" s="5">
+        <v>2</v>
+      </c>
       <c r="L22" s="6"/>
       <c r="M22" s="6"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="7">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="Q22" s="7">
         <v>4</v>
       </c>
       <c r="R22" s="6"/>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E25" s="3" t="s">
@@ -1152,184 +1209,200 @@
       </c>
       <c r="B26" s="5">
         <v>1</v>
       </c>
       <c r="C26" s="5">
         <v>1</v>
       </c>
       <c r="D26" s="5">
         <v>1</v>
       </c>
       <c r="E26" s="5">
         <v>1</v>
       </c>
       <c r="F26" s="5">
         <v>1</v>
       </c>
       <c r="G26" s="5">
         <v>1</v>
       </c>
       <c r="H26" s="5">
         <v>1</v>
       </c>
       <c r="I26" s="5">
         <v>1</v>
       </c>
-      <c r="J26" s="6"/>
-      <c r="K26" s="6"/>
+      <c r="J26" s="5">
+        <v>1</v>
+      </c>
+      <c r="K26" s="5">
+        <v>1</v>
+      </c>
       <c r="L26" s="6"/>
       <c r="M26" s="6"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q26" s="7">
         <v>1</v>
       </c>
       <c r="R26" s="6"/>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B27" s="5">
         <v>2</v>
       </c>
       <c r="C27" s="5">
         <v>2</v>
       </c>
       <c r="D27" s="5">
         <v>2</v>
       </c>
       <c r="E27" s="5">
         <v>3</v>
       </c>
       <c r="F27" s="5">
         <v>3</v>
       </c>
       <c r="G27" s="5">
         <v>3</v>
       </c>
       <c r="H27" s="5">
         <v>2</v>
       </c>
       <c r="I27" s="5">
         <v>3</v>
       </c>
-      <c r="J27" s="6"/>
-      <c r="K27" s="6"/>
+      <c r="J27" s="5">
+        <v>2</v>
+      </c>
+      <c r="K27" s="5">
+        <v>3</v>
+      </c>
       <c r="L27" s="6"/>
       <c r="M27" s="6"/>
       <c r="N27" s="6"/>
       <c r="O27" s="6"/>
       <c r="P27" s="7">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="Q27" s="7">
         <v>2</v>
       </c>
       <c r="R27" s="6"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B28" s="5">
         <v>4</v>
       </c>
       <c r="C28" s="5">
         <v>4</v>
       </c>
       <c r="D28" s="5">
         <v>3</v>
       </c>
       <c r="E28" s="5">
         <v>2</v>
       </c>
       <c r="F28" s="5">
         <v>4</v>
       </c>
       <c r="G28" s="5">
         <v>2</v>
       </c>
       <c r="H28" s="5">
         <v>4</v>
       </c>
       <c r="I28" s="5">
         <v>2</v>
       </c>
-      <c r="J28" s="6"/>
-      <c r="K28" s="6"/>
+      <c r="J28" s="5">
+        <v>3</v>
+      </c>
+      <c r="K28" s="5">
+        <v>4</v>
+      </c>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
       <c r="O28" s="6"/>
       <c r="P28" s="7">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="Q28" s="7">
         <v>3</v>
       </c>
       <c r="R28" s="6"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="5">
         <v>3</v>
       </c>
       <c r="C29" s="5">
         <v>3</v>
       </c>
       <c r="D29" s="5">
         <v>4</v>
       </c>
       <c r="E29" s="5">
         <v>4</v>
       </c>
       <c r="F29" s="5">
         <v>2</v>
       </c>
       <c r="G29" s="5">
         <v>4</v>
       </c>
       <c r="H29" s="5">
         <v>3</v>
       </c>
       <c r="I29" s="5">
         <v>4</v>
       </c>
-      <c r="J29" s="6"/>
-      <c r="K29" s="6"/>
+      <c r="J29" s="5">
+        <v>4</v>
+      </c>
+      <c r="K29" s="5">
+        <v>2</v>
+      </c>
       <c r="L29" s="6"/>
       <c r="M29" s="6"/>
       <c r="N29" s="6"/>
       <c r="O29" s="6"/>
       <c r="P29" s="7">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="Q29" s="7">
         <v>4</v>
       </c>
       <c r="R29" s="6"/>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E32" s="3" t="s">
@@ -1381,184 +1454,200 @@
       </c>
       <c r="B33" s="5">
         <v>1</v>
       </c>
       <c r="C33" s="5">
         <v>1</v>
       </c>
       <c r="D33" s="5">
         <v>1</v>
       </c>
       <c r="E33" s="5">
         <v>2</v>
       </c>
       <c r="F33" s="5">
         <v>1</v>
       </c>
       <c r="G33" s="5">
         <v>2</v>
       </c>
       <c r="H33" s="5">
         <v>1</v>
       </c>
       <c r="I33" s="5">
         <v>2</v>
       </c>
-      <c r="J33" s="6"/>
-      <c r="K33" s="6"/>
+      <c r="J33" s="5">
+        <v>1</v>
+      </c>
+      <c r="K33" s="5">
+        <v>3</v>
+      </c>
       <c r="L33" s="6"/>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
       <c r="O33" s="6"/>
       <c r="P33" s="7">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="Q33" s="7">
         <v>1</v>
       </c>
       <c r="R33" s="6"/>
     </row>
     <row r="34">
       <c r="A34" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B34" s="5">
         <v>3</v>
       </c>
       <c r="C34" s="5">
         <v>3</v>
       </c>
       <c r="D34" s="5">
         <v>2</v>
       </c>
       <c r="E34" s="5">
         <v>1</v>
       </c>
       <c r="F34" s="5">
         <v>4</v>
       </c>
       <c r="G34" s="5">
         <v>1</v>
       </c>
       <c r="H34" s="5">
         <v>4</v>
       </c>
       <c r="I34" s="5">
         <v>1</v>
       </c>
-      <c r="J34" s="6"/>
-      <c r="K34" s="6"/>
+      <c r="J34" s="5">
+        <v>2</v>
+      </c>
+      <c r="K34" s="5">
+        <v>1</v>
+      </c>
       <c r="L34" s="6"/>
       <c r="M34" s="6"/>
       <c r="N34" s="6"/>
       <c r="O34" s="6"/>
       <c r="P34" s="7">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="Q34" s="7">
         <v>2</v>
       </c>
       <c r="R34" s="6"/>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B35" s="5">
         <v>2</v>
       </c>
       <c r="C35" s="5">
         <v>2</v>
       </c>
       <c r="D35" s="5">
         <v>4</v>
       </c>
       <c r="E35" s="5">
         <v>4</v>
       </c>
       <c r="F35" s="5">
         <v>4</v>
       </c>
       <c r="G35" s="5">
         <v>3</v>
       </c>
       <c r="H35" s="5">
         <v>2</v>
       </c>
       <c r="I35" s="5">
         <v>4</v>
       </c>
-      <c r="J35" s="6"/>
-      <c r="K35" s="6"/>
+      <c r="J35" s="5">
+        <v>4</v>
+      </c>
+      <c r="K35" s="5">
+        <v>2</v>
+      </c>
       <c r="L35" s="6"/>
       <c r="M35" s="6"/>
       <c r="N35" s="6"/>
       <c r="O35" s="6"/>
       <c r="P35" s="7">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="Q35" s="7">
         <v>3</v>
       </c>
       <c r="R35" s="6"/>
     </row>
     <row r="36">
       <c r="A36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B36" s="5">
         <v>4</v>
       </c>
       <c r="C36" s="5">
         <v>4</v>
       </c>
       <c r="D36" s="5">
         <v>3</v>
       </c>
       <c r="E36" s="5">
         <v>3</v>
       </c>
       <c r="F36" s="5">
         <v>2</v>
       </c>
       <c r="G36" s="5">
         <v>4</v>
       </c>
       <c r="H36" s="5">
         <v>4</v>
       </c>
       <c r="I36" s="5">
         <v>3</v>
       </c>
-      <c r="J36" s="6"/>
-      <c r="K36" s="6"/>
+      <c r="J36" s="5">
+        <v>4</v>
+      </c>
+      <c r="K36" s="5">
+        <v>4</v>
+      </c>
       <c r="L36" s="6"/>
       <c r="M36" s="6"/>
       <c r="N36" s="6"/>
       <c r="O36" s="6"/>
       <c r="P36" s="7">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="Q36" s="7">
         <v>4</v>
       </c>
       <c r="R36" s="6"/>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="3" t="s">
@@ -1610,184 +1699,200 @@
       </c>
       <c r="B40" s="5">
         <v>1</v>
       </c>
       <c r="C40" s="5">
         <v>1</v>
       </c>
       <c r="D40" s="5">
         <v>1</v>
       </c>
       <c r="E40" s="5">
         <v>2</v>
       </c>
       <c r="F40" s="5">
         <v>1</v>
       </c>
       <c r="G40" s="5">
         <v>2</v>
       </c>
       <c r="H40" s="5">
         <v>1</v>
       </c>
       <c r="I40" s="5">
         <v>2</v>
       </c>
-      <c r="J40" s="6"/>
-      <c r="K40" s="6"/>
+      <c r="J40" s="5">
+        <v>1</v>
+      </c>
+      <c r="K40" s="5">
+        <v>3</v>
+      </c>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
       <c r="O40" s="6"/>
       <c r="P40" s="7">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="Q40" s="7">
         <v>1</v>
       </c>
       <c r="R40" s="6"/>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B41" s="5">
         <v>3</v>
       </c>
       <c r="C41" s="5">
         <v>3</v>
       </c>
       <c r="D41" s="5">
         <v>2</v>
       </c>
       <c r="E41" s="5">
         <v>1</v>
       </c>
       <c r="F41" s="5">
         <v>4</v>
       </c>
       <c r="G41" s="5">
         <v>1</v>
       </c>
       <c r="H41" s="5">
         <v>4</v>
       </c>
       <c r="I41" s="5">
         <v>1</v>
       </c>
-      <c r="J41" s="6"/>
-      <c r="K41" s="6"/>
+      <c r="J41" s="5">
+        <v>2</v>
+      </c>
+      <c r="K41" s="5">
+        <v>1</v>
+      </c>
       <c r="L41" s="6"/>
       <c r="M41" s="6"/>
       <c r="N41" s="6"/>
       <c r="O41" s="6"/>
       <c r="P41" s="7">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="Q41" s="7">
         <v>2</v>
       </c>
       <c r="R41" s="6"/>
     </row>
     <row r="42">
       <c r="A42" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B42" s="5">
         <v>2</v>
       </c>
       <c r="C42" s="5">
         <v>2</v>
       </c>
       <c r="D42" s="5">
         <v>4</v>
       </c>
       <c r="E42" s="5">
         <v>4</v>
       </c>
       <c r="F42" s="5">
         <v>4</v>
       </c>
       <c r="G42" s="5">
         <v>3</v>
       </c>
       <c r="H42" s="5">
         <v>2</v>
       </c>
       <c r="I42" s="5">
         <v>4</v>
       </c>
-      <c r="J42" s="6"/>
-      <c r="K42" s="6"/>
+      <c r="J42" s="5">
+        <v>4</v>
+      </c>
+      <c r="K42" s="5">
+        <v>2</v>
+      </c>
       <c r="L42" s="6"/>
       <c r="M42" s="6"/>
       <c r="N42" s="6"/>
       <c r="O42" s="6"/>
       <c r="P42" s="7">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="Q42" s="7">
         <v>3</v>
       </c>
       <c r="R42" s="6"/>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B43" s="5">
         <v>4</v>
       </c>
       <c r="C43" s="5">
         <v>4</v>
       </c>
       <c r="D43" s="5">
         <v>3</v>
       </c>
       <c r="E43" s="5">
         <v>3</v>
       </c>
       <c r="F43" s="5">
         <v>2</v>
       </c>
       <c r="G43" s="5">
         <v>4</v>
       </c>
       <c r="H43" s="5">
         <v>4</v>
       </c>
       <c r="I43" s="5">
         <v>3</v>
       </c>
-      <c r="J43" s="6"/>
-      <c r="K43" s="6"/>
+      <c r="J43" s="5">
+        <v>4</v>
+      </c>
+      <c r="K43" s="5">
+        <v>4</v>
+      </c>
       <c r="L43" s="6"/>
       <c r="M43" s="6"/>
       <c r="N43" s="6"/>
       <c r="O43" s="6"/>
       <c r="P43" s="7">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="Q43" s="7">
         <v>4</v>
       </c>
       <c r="R43" s="6"/>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E46" s="3" t="s">
@@ -1839,184 +1944,200 @@
       </c>
       <c r="B47" s="5">
         <v>1</v>
       </c>
       <c r="C47" s="5">
         <v>1</v>
       </c>
       <c r="D47" s="5">
         <v>1</v>
       </c>
       <c r="E47" s="5">
         <v>2</v>
       </c>
       <c r="F47" s="5">
         <v>1</v>
       </c>
       <c r="G47" s="5">
         <v>2</v>
       </c>
       <c r="H47" s="5">
         <v>1</v>
       </c>
       <c r="I47" s="5">
         <v>2</v>
       </c>
-      <c r="J47" s="6"/>
-      <c r="K47" s="6"/>
+      <c r="J47" s="5">
+        <v>1</v>
+      </c>
+      <c r="K47" s="5">
+        <v>3</v>
+      </c>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="7">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="Q47" s="7">
         <v>1</v>
       </c>
       <c r="R47" s="6"/>
     </row>
     <row r="48">
       <c r="A48" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B48" s="5">
         <v>3</v>
       </c>
       <c r="C48" s="5">
         <v>3</v>
       </c>
       <c r="D48" s="5">
         <v>2</v>
       </c>
       <c r="E48" s="5">
         <v>1</v>
       </c>
       <c r="F48" s="5">
         <v>4</v>
       </c>
       <c r="G48" s="5">
         <v>1</v>
       </c>
       <c r="H48" s="5">
         <v>4</v>
       </c>
       <c r="I48" s="5">
         <v>1</v>
       </c>
-      <c r="J48" s="6"/>
-      <c r="K48" s="6"/>
+      <c r="J48" s="5">
+        <v>2</v>
+      </c>
+      <c r="K48" s="5">
+        <v>1</v>
+      </c>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="7">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="Q48" s="7">
         <v>2</v>
       </c>
       <c r="R48" s="6"/>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B49" s="5">
         <v>2</v>
       </c>
       <c r="C49" s="5">
         <v>2</v>
       </c>
       <c r="D49" s="5">
         <v>4</v>
       </c>
       <c r="E49" s="5">
         <v>4</v>
       </c>
       <c r="F49" s="5">
         <v>4</v>
       </c>
       <c r="G49" s="5">
         <v>3</v>
       </c>
       <c r="H49" s="5">
         <v>2</v>
       </c>
       <c r="I49" s="5">
         <v>4</v>
       </c>
-      <c r="J49" s="6"/>
-      <c r="K49" s="6"/>
+      <c r="J49" s="5">
+        <v>4</v>
+      </c>
+      <c r="K49" s="5">
+        <v>2</v>
+      </c>
       <c r="L49" s="6"/>
       <c r="M49" s="6"/>
       <c r="N49" s="6"/>
       <c r="O49" s="6"/>
       <c r="P49" s="7">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="Q49" s="7">
         <v>3</v>
       </c>
       <c r="R49" s="6"/>
     </row>
     <row r="50">
       <c r="A50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B50" s="5">
         <v>4</v>
       </c>
       <c r="C50" s="5">
         <v>4</v>
       </c>
       <c r="D50" s="5">
         <v>3</v>
       </c>
       <c r="E50" s="5">
         <v>3</v>
       </c>
       <c r="F50" s="5">
         <v>2</v>
       </c>
       <c r="G50" s="5">
         <v>4</v>
       </c>
       <c r="H50" s="5">
         <v>4</v>
       </c>
       <c r="I50" s="5">
         <v>3</v>
       </c>
-      <c r="J50" s="6"/>
-      <c r="K50" s="6"/>
+      <c r="J50" s="5">
+        <v>4</v>
+      </c>
+      <c r="K50" s="5">
+        <v>4</v>
+      </c>
       <c r="L50" s="6"/>
       <c r="M50" s="6"/>
       <c r="N50" s="6"/>
       <c r="O50" s="6"/>
       <c r="P50" s="7">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="Q50" s="7">
         <v>4</v>
       </c>
       <c r="R50" s="6"/>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E53" s="3" t="s">
@@ -2068,184 +2189,200 @@
       </c>
       <c r="B54" s="5">
         <v>1</v>
       </c>
       <c r="C54" s="5">
         <v>1</v>
       </c>
       <c r="D54" s="5">
         <v>1</v>
       </c>
       <c r="E54" s="5">
         <v>2</v>
       </c>
       <c r="F54" s="5">
         <v>1</v>
       </c>
       <c r="G54" s="5">
         <v>2</v>
       </c>
       <c r="H54" s="5">
         <v>1</v>
       </c>
       <c r="I54" s="5">
         <v>2</v>
       </c>
-      <c r="J54" s="6"/>
-      <c r="K54" s="6"/>
+      <c r="J54" s="5">
+        <v>1</v>
+      </c>
+      <c r="K54" s="5">
+        <v>3</v>
+      </c>
       <c r="L54" s="6"/>
       <c r="M54" s="6"/>
       <c r="N54" s="6"/>
       <c r="O54" s="6"/>
       <c r="P54" s="7">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="Q54" s="7">
         <v>1</v>
       </c>
       <c r="R54" s="6"/>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="5">
         <v>3</v>
       </c>
       <c r="C55" s="5">
         <v>3</v>
       </c>
       <c r="D55" s="5">
         <v>2</v>
       </c>
       <c r="E55" s="5">
         <v>1</v>
       </c>
       <c r="F55" s="5">
         <v>4</v>
       </c>
       <c r="G55" s="5">
         <v>1</v>
       </c>
       <c r="H55" s="5">
         <v>4</v>
       </c>
       <c r="I55" s="5">
         <v>1</v>
       </c>
-      <c r="J55" s="6"/>
-      <c r="K55" s="6"/>
+      <c r="J55" s="5">
+        <v>2</v>
+      </c>
+      <c r="K55" s="5">
+        <v>1</v>
+      </c>
       <c r="L55" s="6"/>
       <c r="M55" s="6"/>
       <c r="N55" s="6"/>
       <c r="O55" s="6"/>
       <c r="P55" s="7">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="Q55" s="7">
         <v>2</v>
       </c>
       <c r="R55" s="6"/>
     </row>
     <row r="56">
       <c r="A56" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B56" s="5">
         <v>2</v>
       </c>
       <c r="C56" s="5">
         <v>2</v>
       </c>
       <c r="D56" s="5">
         <v>4</v>
       </c>
       <c r="E56" s="5">
         <v>4</v>
       </c>
       <c r="F56" s="5">
         <v>4</v>
       </c>
       <c r="G56" s="5">
         <v>3</v>
       </c>
       <c r="H56" s="5">
         <v>2</v>
       </c>
       <c r="I56" s="5">
         <v>4</v>
       </c>
-      <c r="J56" s="6"/>
-      <c r="K56" s="6"/>
+      <c r="J56" s="5">
+        <v>4</v>
+      </c>
+      <c r="K56" s="5">
+        <v>2</v>
+      </c>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
       <c r="O56" s="6"/>
       <c r="P56" s="7">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="Q56" s="7">
         <v>3</v>
       </c>
       <c r="R56" s="6"/>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B57" s="5">
         <v>4</v>
       </c>
       <c r="C57" s="5">
         <v>4</v>
       </c>
       <c r="D57" s="5">
         <v>3</v>
       </c>
       <c r="E57" s="5">
         <v>3</v>
       </c>
       <c r="F57" s="5">
         <v>2</v>
       </c>
       <c r="G57" s="5">
         <v>4</v>
       </c>
       <c r="H57" s="5">
         <v>4</v>
       </c>
       <c r="I57" s="5">
         <v>3</v>
       </c>
-      <c r="J57" s="6"/>
-      <c r="K57" s="6"/>
+      <c r="J57" s="5">
+        <v>4</v>
+      </c>
+      <c r="K57" s="5">
+        <v>4</v>
+      </c>
       <c r="L57" s="6"/>
       <c r="M57" s="6"/>
       <c r="N57" s="6"/>
       <c r="O57" s="6"/>
       <c r="P57" s="7">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="Q57" s="7">
         <v>4</v>
       </c>
       <c r="R57" s="6"/>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E60" s="3" t="s">
@@ -2297,142 +2434,154 @@
       </c>
       <c r="B61" s="5">
         <v>1</v>
       </c>
       <c r="C61" s="5">
         <v>1</v>
       </c>
       <c r="D61" s="5">
         <v>1</v>
       </c>
       <c r="E61" s="5">
         <v>1</v>
       </c>
       <c r="F61" s="5">
         <v>1</v>
       </c>
       <c r="G61" s="5">
         <v>1</v>
       </c>
       <c r="H61" s="5">
         <v>1</v>
       </c>
       <c r="I61" s="5">
         <v>1</v>
       </c>
-      <c r="J61" s="6"/>
-      <c r="K61" s="6"/>
+      <c r="J61" s="5">
+        <v>1</v>
+      </c>
+      <c r="K61" s="5">
+        <v>1</v>
+      </c>
       <c r="L61" s="6"/>
       <c r="M61" s="6"/>
       <c r="N61" s="6"/>
       <c r="O61" s="6"/>
       <c r="P61" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q61" s="7">
         <v>1</v>
       </c>
       <c r="R61" s="6"/>
     </row>
     <row r="62">
       <c r="A62" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B62" s="5">
         <v>2</v>
       </c>
       <c r="C62" s="5">
         <v>3</v>
       </c>
       <c r="D62" s="5">
         <v>2</v>
       </c>
       <c r="E62" s="5">
         <v>3</v>
       </c>
       <c r="F62" s="5">
         <v>2</v>
       </c>
       <c r="G62" s="5">
         <v>3</v>
       </c>
       <c r="H62" s="5">
         <v>2</v>
       </c>
       <c r="I62" s="5">
         <v>2</v>
       </c>
-      <c r="J62" s="6"/>
-      <c r="K62" s="6"/>
+      <c r="J62" s="5">
+        <v>3</v>
+      </c>
+      <c r="K62" s="5">
+        <v>3</v>
+      </c>
       <c r="L62" s="6"/>
       <c r="M62" s="6"/>
       <c r="N62" s="6"/>
       <c r="O62" s="6"/>
       <c r="P62" s="7">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="Q62" s="7">
         <v>2</v>
       </c>
       <c r="R62" s="6"/>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B63" s="5">
         <v>3</v>
       </c>
       <c r="C63" s="5">
         <v>2</v>
       </c>
       <c r="D63" s="5">
         <v>3</v>
       </c>
       <c r="E63" s="5">
         <v>2</v>
       </c>
       <c r="F63" s="5">
         <v>3</v>
       </c>
       <c r="G63" s="5">
         <v>2</v>
       </c>
       <c r="H63" s="5">
         <v>3</v>
       </c>
       <c r="I63" s="5">
         <v>3</v>
       </c>
-      <c r="J63" s="6"/>
-      <c r="K63" s="6"/>
+      <c r="J63" s="5">
+        <v>3</v>
+      </c>
+      <c r="K63" s="5">
+        <v>2</v>
+      </c>
       <c r="L63" s="6"/>
       <c r="M63" s="6"/>
       <c r="N63" s="6"/>
       <c r="O63" s="6"/>
       <c r="P63" s="7">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="Q63" s="7">
         <v>3</v>
       </c>
       <c r="R63" s="6"/>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E66" s="3" t="s">
@@ -2484,142 +2633,154 @@
       </c>
       <c r="B67" s="5">
         <v>1</v>
       </c>
       <c r="C67" s="5">
         <v>1</v>
       </c>
       <c r="D67" s="5">
         <v>1</v>
       </c>
       <c r="E67" s="5">
         <v>1</v>
       </c>
       <c r="F67" s="5">
         <v>1</v>
       </c>
       <c r="G67" s="5">
         <v>1</v>
       </c>
       <c r="H67" s="5">
         <v>1</v>
       </c>
       <c r="I67" s="5">
         <v>1</v>
       </c>
-      <c r="J67" s="6"/>
-      <c r="K67" s="6"/>
+      <c r="J67" s="5">
+        <v>1</v>
+      </c>
+      <c r="K67" s="5">
+        <v>1</v>
+      </c>
       <c r="L67" s="6"/>
       <c r="M67" s="6"/>
       <c r="N67" s="6"/>
       <c r="O67" s="6"/>
       <c r="P67" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q67" s="7">
         <v>1</v>
       </c>
       <c r="R67" s="6"/>
     </row>
     <row r="68">
       <c r="A68" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B68" s="5">
         <v>2</v>
       </c>
       <c r="C68" s="5">
         <v>3</v>
       </c>
       <c r="D68" s="5">
         <v>2</v>
       </c>
       <c r="E68" s="5">
         <v>3</v>
       </c>
       <c r="F68" s="5">
         <v>2</v>
       </c>
       <c r="G68" s="5">
         <v>3</v>
       </c>
       <c r="H68" s="5">
         <v>2</v>
       </c>
       <c r="I68" s="5">
         <v>2</v>
       </c>
-      <c r="J68" s="6"/>
-      <c r="K68" s="6"/>
+      <c r="J68" s="5">
+        <v>3</v>
+      </c>
+      <c r="K68" s="5">
+        <v>3</v>
+      </c>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
       <c r="O68" s="6"/>
       <c r="P68" s="7">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="Q68" s="7">
         <v>2</v>
       </c>
       <c r="R68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B69" s="5">
         <v>3</v>
       </c>
       <c r="C69" s="5">
         <v>2</v>
       </c>
       <c r="D69" s="5">
         <v>3</v>
       </c>
       <c r="E69" s="5">
         <v>2</v>
       </c>
       <c r="F69" s="5">
         <v>3</v>
       </c>
       <c r="G69" s="5">
         <v>2</v>
       </c>
       <c r="H69" s="5">
         <v>3</v>
       </c>
       <c r="I69" s="5">
         <v>3</v>
       </c>
-      <c r="J69" s="6"/>
-      <c r="K69" s="6"/>
+      <c r="J69" s="5">
+        <v>3</v>
+      </c>
+      <c r="K69" s="5">
+        <v>2</v>
+      </c>
       <c r="L69" s="6"/>
       <c r="M69" s="6"/>
       <c r="N69" s="6"/>
       <c r="O69" s="6"/>
       <c r="P69" s="7">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="Q69" s="7">
         <v>3</v>
       </c>
       <c r="R69" s="6"/>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E72" s="3" t="s">
@@ -2671,142 +2832,154 @@
       </c>
       <c r="B73" s="5">
         <v>1</v>
       </c>
       <c r="C73" s="5">
         <v>1</v>
       </c>
       <c r="D73" s="5">
         <v>1</v>
       </c>
       <c r="E73" s="5">
         <v>1</v>
       </c>
       <c r="F73" s="5">
         <v>1</v>
       </c>
       <c r="G73" s="5">
         <v>1</v>
       </c>
       <c r="H73" s="5">
         <v>1</v>
       </c>
       <c r="I73" s="5">
         <v>1</v>
       </c>
-      <c r="J73" s="6"/>
-      <c r="K73" s="6"/>
+      <c r="J73" s="5">
+        <v>1</v>
+      </c>
+      <c r="K73" s="5">
+        <v>1</v>
+      </c>
       <c r="L73" s="6"/>
       <c r="M73" s="6"/>
       <c r="N73" s="6"/>
       <c r="O73" s="6"/>
       <c r="P73" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q73" s="7">
         <v>1</v>
       </c>
       <c r="R73" s="6"/>
     </row>
     <row r="74">
       <c r="A74" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B74" s="5">
         <v>2</v>
       </c>
       <c r="C74" s="5">
         <v>3</v>
       </c>
       <c r="D74" s="5">
         <v>2</v>
       </c>
       <c r="E74" s="5">
         <v>3</v>
       </c>
       <c r="F74" s="5">
         <v>2</v>
       </c>
       <c r="G74" s="5">
         <v>3</v>
       </c>
       <c r="H74" s="5">
         <v>2</v>
       </c>
       <c r="I74" s="5">
         <v>2</v>
       </c>
-      <c r="J74" s="6"/>
-      <c r="K74" s="6"/>
+      <c r="J74" s="5">
+        <v>3</v>
+      </c>
+      <c r="K74" s="5">
+        <v>3</v>
+      </c>
       <c r="L74" s="6"/>
       <c r="M74" s="6"/>
       <c r="N74" s="6"/>
       <c r="O74" s="6"/>
       <c r="P74" s="7">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="Q74" s="7">
         <v>2</v>
       </c>
       <c r="R74" s="6"/>
     </row>
     <row r="75">
       <c r="A75" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B75" s="5">
         <v>3</v>
       </c>
       <c r="C75" s="5">
         <v>2</v>
       </c>
       <c r="D75" s="5">
         <v>3</v>
       </c>
       <c r="E75" s="5">
         <v>2</v>
       </c>
       <c r="F75" s="5">
         <v>3</v>
       </c>
       <c r="G75" s="5">
         <v>2</v>
       </c>
       <c r="H75" s="5">
         <v>3</v>
       </c>
       <c r="I75" s="5">
         <v>3</v>
       </c>
-      <c r="J75" s="6"/>
-      <c r="K75" s="6"/>
+      <c r="J75" s="5">
+        <v>3</v>
+      </c>
+      <c r="K75" s="5">
+        <v>2</v>
+      </c>
       <c r="L75" s="6"/>
       <c r="M75" s="6"/>
       <c r="N75" s="6"/>
       <c r="O75" s="6"/>
       <c r="P75" s="7">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="Q75" s="7">
         <v>3</v>
       </c>
       <c r="R75" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E78" s="3" t="s">
@@ -2835,207 +3008,223 @@
       </c>
       <c r="M78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B79" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C79" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D79" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E79" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F79" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G79" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H79" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I79" s="5">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="K79" s="6"/>
+        <v>2</v>
+      </c>
+      <c r="J79" s="5">
+        <v>4</v>
+      </c>
+      <c r="K79" s="5">
+        <v>1</v>
+      </c>
       <c r="L79" s="6"/>
       <c r="M79" s="6"/>
       <c r="N79" s="6"/>
       <c r="O79" s="6"/>
       <c r="P79" s="7">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="Q79" s="7">
         <v>1</v>
       </c>
       <c r="R79" s="6"/>
     </row>
     <row r="80">
       <c r="A80" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B80" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C80" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D80" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E80" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F80" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G80" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H80" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I80" s="5">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="K80" s="6"/>
+        <v>1</v>
+      </c>
+      <c r="J80" s="5">
+        <v>4</v>
+      </c>
+      <c r="K80" s="5">
+        <v>3</v>
+      </c>
       <c r="L80" s="6"/>
       <c r="M80" s="6"/>
       <c r="N80" s="6"/>
       <c r="O80" s="6"/>
       <c r="P80" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="Q80" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R80" s="6"/>
     </row>
     <row r="81">
       <c r="A81" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B81" s="5">
         <v>5</v>
       </c>
       <c r="C81" s="5">
         <v>1</v>
       </c>
       <c r="D81" s="5">
         <v>2</v>
       </c>
       <c r="E81" s="5">
         <v>3</v>
       </c>
       <c r="F81" s="5">
         <v>4</v>
       </c>
       <c r="G81" s="5">
         <v>3</v>
       </c>
       <c r="H81" s="5">
         <v>2</v>
       </c>
       <c r="I81" s="5">
         <v>4</v>
       </c>
-      <c r="J81" s="6"/>
-      <c r="K81" s="6"/>
+      <c r="J81" s="5">
+        <v>4</v>
+      </c>
+      <c r="K81" s="5">
+        <v>2</v>
+      </c>
       <c r="L81" s="6"/>
       <c r="M81" s="6"/>
       <c r="N81" s="6"/>
       <c r="O81" s="6"/>
       <c r="P81" s="7">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="Q81" s="7">
         <v>3</v>
       </c>
       <c r="R81" s="6"/>
     </row>
     <row r="82">
       <c r="A82" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B82" s="5">
         <v>5</v>
       </c>
       <c r="C82" s="5">
         <v>4</v>
       </c>
       <c r="D82" s="5">
         <v>4</v>
       </c>
       <c r="E82" s="5">
         <v>4</v>
       </c>
       <c r="F82" s="5">
         <v>4</v>
       </c>
       <c r="G82" s="5">
         <v>4</v>
       </c>
       <c r="H82" s="5">
         <v>4</v>
       </c>
       <c r="I82" s="5">
         <v>3</v>
       </c>
-      <c r="J82" s="6"/>
-      <c r="K82" s="6"/>
+      <c r="J82" s="5">
+        <v>4</v>
+      </c>
+      <c r="K82" s="5">
+        <v>4</v>
+      </c>
       <c r="L82" s="6"/>
       <c r="M82" s="6"/>
       <c r="N82" s="6"/>
       <c r="O82" s="6"/>
       <c r="P82" s="7">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="Q82" s="7">
         <v>4</v>
       </c>
       <c r="R82" s="6"/>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E85" s="3" t="s">
@@ -3064,207 +3253,223 @@
       </c>
       <c r="M85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P85" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R85" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B86" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C86" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D86" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E86" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F86" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G86" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H86" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I86" s="5">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="K86" s="6"/>
+        <v>2</v>
+      </c>
+      <c r="J86" s="5">
+        <v>4</v>
+      </c>
+      <c r="K86" s="5">
+        <v>1</v>
+      </c>
       <c r="L86" s="6"/>
       <c r="M86" s="6"/>
       <c r="N86" s="6"/>
       <c r="O86" s="6"/>
       <c r="P86" s="7">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="Q86" s="7">
         <v>1</v>
       </c>
       <c r="R86" s="6"/>
     </row>
     <row r="87">
       <c r="A87" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B87" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C87" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D87" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E87" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F87" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G87" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H87" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I87" s="5">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="K87" s="6"/>
+        <v>1</v>
+      </c>
+      <c r="J87" s="5">
+        <v>4</v>
+      </c>
+      <c r="K87" s="5">
+        <v>3</v>
+      </c>
       <c r="L87" s="6"/>
       <c r="M87" s="6"/>
       <c r="N87" s="6"/>
       <c r="O87" s="6"/>
       <c r="P87" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="Q87" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R87" s="6"/>
     </row>
     <row r="88">
       <c r="A88" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B88" s="5">
         <v>5</v>
       </c>
       <c r="C88" s="5">
         <v>1</v>
       </c>
       <c r="D88" s="5">
         <v>2</v>
       </c>
       <c r="E88" s="5">
         <v>3</v>
       </c>
       <c r="F88" s="5">
         <v>4</v>
       </c>
       <c r="G88" s="5">
         <v>3</v>
       </c>
       <c r="H88" s="5">
         <v>2</v>
       </c>
       <c r="I88" s="5">
         <v>4</v>
       </c>
-      <c r="J88" s="6"/>
-      <c r="K88" s="6"/>
+      <c r="J88" s="5">
+        <v>4</v>
+      </c>
+      <c r="K88" s="5">
+        <v>2</v>
+      </c>
       <c r="L88" s="6"/>
       <c r="M88" s="6"/>
       <c r="N88" s="6"/>
       <c r="O88" s="6"/>
       <c r="P88" s="7">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="Q88" s="7">
         <v>3</v>
       </c>
       <c r="R88" s="6"/>
     </row>
     <row r="89">
       <c r="A89" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B89" s="5">
         <v>5</v>
       </c>
       <c r="C89" s="5">
         <v>4</v>
       </c>
       <c r="D89" s="5">
         <v>4</v>
       </c>
       <c r="E89" s="5">
         <v>4</v>
       </c>
       <c r="F89" s="5">
         <v>4</v>
       </c>
       <c r="G89" s="5">
         <v>4</v>
       </c>
       <c r="H89" s="5">
         <v>4</v>
       </c>
       <c r="I89" s="5">
         <v>3</v>
       </c>
-      <c r="J89" s="6"/>
-      <c r="K89" s="6"/>
+      <c r="J89" s="5">
+        <v>4</v>
+      </c>
+      <c r="K89" s="5">
+        <v>4</v>
+      </c>
       <c r="L89" s="6"/>
       <c r="M89" s="6"/>
       <c r="N89" s="6"/>
       <c r="O89" s="6"/>
       <c r="P89" s="7">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="Q89" s="7">
         <v>4</v>
       </c>
       <c r="R89" s="6"/>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E92" s="3" t="s">
@@ -3293,207 +3498,223 @@
       </c>
       <c r="M92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P92" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R92" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B93" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C93" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D93" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E93" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F93" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G93" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H93" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I93" s="5">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="K93" s="6"/>
+        <v>2</v>
+      </c>
+      <c r="J93" s="5">
+        <v>4</v>
+      </c>
+      <c r="K93" s="5">
+        <v>1</v>
+      </c>
       <c r="L93" s="6"/>
       <c r="M93" s="6"/>
       <c r="N93" s="6"/>
       <c r="O93" s="6"/>
       <c r="P93" s="7">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="Q93" s="7">
         <v>1</v>
       </c>
       <c r="R93" s="6"/>
     </row>
     <row r="94">
       <c r="A94" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B94" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C94" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D94" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E94" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F94" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G94" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H94" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I94" s="5">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="K94" s="6"/>
+        <v>1</v>
+      </c>
+      <c r="J94" s="5">
+        <v>4</v>
+      </c>
+      <c r="K94" s="5">
+        <v>3</v>
+      </c>
       <c r="L94" s="6"/>
       <c r="M94" s="6"/>
       <c r="N94" s="6"/>
       <c r="O94" s="6"/>
       <c r="P94" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="Q94" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R94" s="6"/>
     </row>
     <row r="95">
       <c r="A95" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B95" s="5">
         <v>5</v>
       </c>
       <c r="C95" s="5">
         <v>1</v>
       </c>
       <c r="D95" s="5">
         <v>2</v>
       </c>
       <c r="E95" s="5">
         <v>3</v>
       </c>
       <c r="F95" s="5">
         <v>4</v>
       </c>
       <c r="G95" s="5">
         <v>3</v>
       </c>
       <c r="H95" s="5">
         <v>2</v>
       </c>
       <c r="I95" s="5">
         <v>4</v>
       </c>
-      <c r="J95" s="6"/>
-      <c r="K95" s="6"/>
+      <c r="J95" s="5">
+        <v>4</v>
+      </c>
+      <c r="K95" s="5">
+        <v>2</v>
+      </c>
       <c r="L95" s="6"/>
       <c r="M95" s="6"/>
       <c r="N95" s="6"/>
       <c r="O95" s="6"/>
       <c r="P95" s="7">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="Q95" s="7">
         <v>3</v>
       </c>
       <c r="R95" s="6"/>
     </row>
     <row r="96">
       <c r="A96" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B96" s="5">
         <v>5</v>
       </c>
       <c r="C96" s="5">
         <v>4</v>
       </c>
       <c r="D96" s="5">
         <v>4</v>
       </c>
       <c r="E96" s="5">
         <v>4</v>
       </c>
       <c r="F96" s="5">
         <v>4</v>
       </c>
       <c r="G96" s="5">
         <v>4</v>
       </c>
       <c r="H96" s="5">
         <v>4</v>
       </c>
       <c r="I96" s="5">
         <v>3</v>
       </c>
-      <c r="J96" s="6"/>
-      <c r="K96" s="6"/>
+      <c r="J96" s="5">
+        <v>4</v>
+      </c>
+      <c r="K96" s="5">
+        <v>4</v>
+      </c>
       <c r="L96" s="6"/>
       <c r="M96" s="6"/>
       <c r="N96" s="6"/>
       <c r="O96" s="6"/>
       <c r="P96" s="7">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="Q96" s="7">
         <v>4</v>
       </c>
       <c r="R96" s="6"/>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E99" s="3" t="s">
@@ -3522,243 +3743,259 @@
       </c>
       <c r="M99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O99" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P99" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q99" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R99" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B100" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C100" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D100" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E100" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F100" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G100" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H100" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I100" s="5">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="K100" s="6"/>
+        <v>2</v>
+      </c>
+      <c r="J100" s="5">
+        <v>4</v>
+      </c>
+      <c r="K100" s="5">
+        <v>1</v>
+      </c>
       <c r="L100" s="6"/>
       <c r="M100" s="6"/>
       <c r="N100" s="6"/>
       <c r="O100" s="6"/>
       <c r="P100" s="7">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="Q100" s="7">
         <v>1</v>
       </c>
       <c r="R100" s="6"/>
     </row>
     <row r="101">
       <c r="A101" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B101" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C101" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D101" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E101" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F101" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G101" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H101" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I101" s="5">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="K101" s="6"/>
+        <v>1</v>
+      </c>
+      <c r="J101" s="5">
+        <v>4</v>
+      </c>
+      <c r="K101" s="5">
+        <v>3</v>
+      </c>
       <c r="L101" s="6"/>
       <c r="M101" s="6"/>
       <c r="N101" s="6"/>
       <c r="O101" s="6"/>
       <c r="P101" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="Q101" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R101" s="6"/>
     </row>
     <row r="102">
       <c r="A102" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B102" s="5">
         <v>5</v>
       </c>
       <c r="C102" s="5">
         <v>1</v>
       </c>
       <c r="D102" s="5">
         <v>2</v>
       </c>
       <c r="E102" s="5">
         <v>3</v>
       </c>
       <c r="F102" s="5">
         <v>4</v>
       </c>
       <c r="G102" s="5">
         <v>3</v>
       </c>
       <c r="H102" s="5">
         <v>2</v>
       </c>
       <c r="I102" s="5">
         <v>4</v>
       </c>
-      <c r="J102" s="6"/>
-      <c r="K102" s="6"/>
+      <c r="J102" s="5">
+        <v>4</v>
+      </c>
+      <c r="K102" s="5">
+        <v>2</v>
+      </c>
       <c r="L102" s="6"/>
       <c r="M102" s="6"/>
       <c r="N102" s="6"/>
       <c r="O102" s="6"/>
       <c r="P102" s="7">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="Q102" s="7">
         <v>3</v>
       </c>
       <c r="R102" s="6"/>
     </row>
     <row r="103">
       <c r="A103" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B103" s="5">
         <v>5</v>
       </c>
       <c r="C103" s="5">
         <v>4</v>
       </c>
       <c r="D103" s="5">
         <v>4</v>
       </c>
       <c r="E103" s="5">
         <v>4</v>
       </c>
       <c r="F103" s="5">
         <v>4</v>
       </c>
       <c r="G103" s="5">
         <v>4</v>
       </c>
       <c r="H103" s="5">
         <v>4</v>
       </c>
       <c r="I103" s="5">
         <v>3</v>
       </c>
-      <c r="J103" s="6"/>
-      <c r="K103" s="6"/>
+      <c r="J103" s="5">
+        <v>4</v>
+      </c>
+      <c r="K103" s="5">
+        <v>4</v>
+      </c>
       <c r="L103" s="6"/>
       <c r="M103" s="6"/>
       <c r="N103" s="6"/>
       <c r="O103" s="6"/>
       <c r="P103" s="7">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="Q103" s="7">
         <v>4</v>
       </c>
       <c r="R103" s="6"/>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
   <dimension ref="A1:Q121"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <pane xSplit="1" topLeftCell="B1" state="frozen" activePane="topRight"/>
       <selection pane="topRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="27.034852981567383" customWidth="1"/>
     <col min="2" max="2" width="16.617462158203125" customWidth="1"/>
     <col min="3" max="3" width="17.895509719848633" customWidth="1"/>
     <col min="4" max="4" width="14.352396965026855" customWidth="1"/>
     <col min="5" max="5" width="31.501495361328125" customWidth="1"/>
     <col min="6" max="6" width="26.151399612426758" customWidth="1"/>
     <col min="7" max="7" width="15.553421020507812" customWidth="1"/>
     <col min="8" max="8" width="16.22090721130371" customWidth="1"/>
     <col min="9" max="9" width="24.163484573364258" customWidth="1"/>
     <col min="10" max="10" width="34.541053771972656" customWidth="1"/>
     <col min="11" max="11" width="19.279329299926758" customWidth="1"/>
     <col min="12" max="12" width="23.0200138092041" customWidth="1"/>
     <col min="13" max="13" width="16.83424949645996" customWidth="1"/>
-    <col min="14" max="14" width="15.37827205657959" customWidth="1"/>
+    <col min="14" max="14" width="14.352396965026855" customWidth="1"/>
     <col min="15" max="15" width="29.80595588684082" customWidth="1"/>
     <col min="16" max="16" width="17.682357788085938" customWidth="1"/>
     <col min="17" max="17" width="18.167335510253906" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
@@ -3867,178 +4104,192 @@
       </c>
       <c r="B6" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>45</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>46</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="J6" s="6"/>
-      <c r="K6" s="6"/>
+      <c r="J6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="7">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="Q6" s="7">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F7" s="9"/>
       <c r="G7" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="K7" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="7">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="Q7" s="7">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="D8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...15 lines deleted...]
-      <c r="K8" s="6"/>
+      <c r="J8" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="7">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="Q8" s="7">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G9" s="9"/>
       <c r="H9" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I9" s="9"/>
-      <c r="J9" s="6"/>
-      <c r="K9" s="6"/>
+      <c r="J9" s="9"/>
+      <c r="K9" s="5" t="s">
+        <v>51</v>
+      </c>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="Q9" s="7">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>7</v>
@@ -4130,178 +4381,192 @@
       </c>
       <c r="B14" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>45</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>46</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="J14" s="6"/>
-      <c r="K14" s="6"/>
+      <c r="J14" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="L14" s="6"/>
       <c r="M14" s="6"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="7">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="Q14" s="7">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F15" s="9"/>
       <c r="G15" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="K15" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="L15" s="6"/>
       <c r="M15" s="6"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="7">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="Q15" s="7">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="D16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E16" s="5" t="s">
-[...15 lines deleted...]
-      <c r="K16" s="6"/>
+      <c r="J16" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="7">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="Q16" s="7">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G17" s="9"/>
       <c r="H17" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I17" s="9"/>
-      <c r="J17" s="6"/>
-      <c r="K17" s="6"/>
+      <c r="J17" s="9"/>
+      <c r="K17" s="5" t="s">
+        <v>51</v>
+      </c>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="Q17" s="7">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>7</v>
@@ -4393,178 +4658,192 @@
       </c>
       <c r="B22" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>45</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>46</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="J22" s="6"/>
-      <c r="K22" s="6"/>
+      <c r="J22" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="L22" s="6"/>
       <c r="M22" s="6"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="7">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="Q22" s="7">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F23" s="9"/>
       <c r="G23" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="K23" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="L23" s="6"/>
       <c r="M23" s="6"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="7">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="Q23" s="7">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C24" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E24" s="5" t="s">
-[...15 lines deleted...]
-      <c r="K24" s="6"/>
+      <c r="J24" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="7">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="Q24" s="7">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G25" s="9"/>
       <c r="H25" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I25" s="9"/>
-      <c r="J25" s="6"/>
-      <c r="K25" s="6"/>
+      <c r="J25" s="9"/>
+      <c r="K25" s="5" t="s">
+        <v>51</v>
+      </c>
       <c r="L25" s="6"/>
       <c r="M25" s="6"/>
       <c r="N25" s="6"/>
       <c r="O25" s="6"/>
       <c r="P25" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="Q25" s="7">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>7</v>
@@ -4656,178 +4935,192 @@
       </c>
       <c r="B30" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>45</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>46</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="J30" s="6"/>
-      <c r="K30" s="6"/>
+      <c r="J30" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="L30" s="6"/>
       <c r="M30" s="6"/>
       <c r="N30" s="6"/>
       <c r="O30" s="6"/>
       <c r="P30" s="7">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="Q30" s="7">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F31" s="9"/>
       <c r="G31" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="K31" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="L31" s="6"/>
       <c r="M31" s="6"/>
       <c r="N31" s="6"/>
       <c r="O31" s="6"/>
       <c r="P31" s="7">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="Q31" s="7">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="D32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E32" s="5" t="s">
-[...15 lines deleted...]
-      <c r="K32" s="6"/>
+      <c r="J32" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
       <c r="O32" s="6"/>
       <c r="P32" s="7">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="Q32" s="7">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G33" s="9"/>
       <c r="H33" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I33" s="9"/>
-      <c r="J33" s="6"/>
-      <c r="K33" s="6"/>
+      <c r="J33" s="9"/>
+      <c r="K33" s="5" t="s">
+        <v>51</v>
+      </c>
       <c r="L33" s="6"/>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
       <c r="O33" s="6"/>
       <c r="P33" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="Q33" s="7">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>7</v>
@@ -4896,195 +5189,207 @@
         <v>41</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P37" s="6"/>
       <c r="Q37" s="6"/>
     </row>
     <row r="38">
       <c r="A38" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="G38" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="C38" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H38" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="K38" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L38" s="6"/>
       <c r="M38" s="6"/>
       <c r="N38" s="6"/>
       <c r="O38" s="6"/>
       <c r="P38" s="7">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="Q38" s="7">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F39" s="9"/>
       <c r="G39" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H39" s="9"/>
       <c r="I39" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="K39" s="6"/>
+        <v>62</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
       <c r="O39" s="6"/>
       <c r="P39" s="7">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="Q39" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H40" s="9"/>
       <c r="I40" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="K40" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="J40" s="9"/>
+      <c r="K40" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
       <c r="O40" s="6"/>
       <c r="P40" s="7">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q40" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D41" s="9"/>
       <c r="E41" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F41" s="9"/>
       <c r="G41" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I41" s="9"/>
-      <c r="J41" s="6"/>
-      <c r="K41" s="6"/>
+      <c r="J41" s="9"/>
+      <c r="K41" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="L41" s="6"/>
       <c r="M41" s="6"/>
       <c r="N41" s="6"/>
       <c r="O41" s="6"/>
       <c r="P41" s="7">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="Q41" s="7">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>7</v>
@@ -5153,195 +5458,207 @@
         <v>41</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P45" s="6"/>
       <c r="Q45" s="6"/>
     </row>
     <row r="46">
       <c r="A46" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B46" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="G46" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="C46" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H46" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="K46" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L46" s="6"/>
       <c r="M46" s="6"/>
       <c r="N46" s="6"/>
       <c r="O46" s="6"/>
       <c r="P46" s="7">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="Q46" s="7">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F47" s="9"/>
       <c r="G47" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H47" s="9"/>
       <c r="I47" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="K47" s="6"/>
+        <v>62</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="7">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="Q47" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G48" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H48" s="9"/>
       <c r="I48" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="K48" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="J48" s="9"/>
+      <c r="K48" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="7">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q48" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D49" s="9"/>
       <c r="E49" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F49" s="9"/>
       <c r="G49" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I49" s="9"/>
-      <c r="J49" s="6"/>
-      <c r="K49" s="6"/>
+      <c r="J49" s="9"/>
+      <c r="K49" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="L49" s="6"/>
       <c r="M49" s="6"/>
       <c r="N49" s="6"/>
       <c r="O49" s="6"/>
       <c r="P49" s="7">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="Q49" s="7">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>7</v>
@@ -5410,195 +5727,207 @@
         <v>41</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P53" s="6"/>
       <c r="Q53" s="6"/>
     </row>
     <row r="54">
       <c r="A54" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B54" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="G54" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="C54" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H54" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="K54" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K54" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L54" s="6"/>
       <c r="M54" s="6"/>
       <c r="N54" s="6"/>
       <c r="O54" s="6"/>
       <c r="P54" s="7">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="Q54" s="7">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F55" s="9"/>
       <c r="G55" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H55" s="9"/>
       <c r="I55" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="K55" s="6"/>
+        <v>62</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K55" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L55" s="6"/>
       <c r="M55" s="6"/>
       <c r="N55" s="6"/>
       <c r="O55" s="6"/>
       <c r="P55" s="7">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="Q55" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H56" s="9"/>
       <c r="I56" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="K56" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="J56" s="9"/>
+      <c r="K56" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
       <c r="O56" s="6"/>
       <c r="P56" s="7">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q56" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D57" s="9"/>
       <c r="E57" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F57" s="9"/>
       <c r="G57" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I57" s="9"/>
-      <c r="J57" s="6"/>
-      <c r="K57" s="6"/>
+      <c r="J57" s="9"/>
+      <c r="K57" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="L57" s="6"/>
       <c r="M57" s="6"/>
       <c r="N57" s="6"/>
       <c r="O57" s="6"/>
       <c r="P57" s="7">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="Q57" s="7">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>7</v>
@@ -5667,195 +5996,207 @@
         <v>41</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P61" s="6"/>
       <c r="Q61" s="6"/>
     </row>
     <row r="62">
       <c r="A62" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B62" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="G62" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="C62" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H62" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="K62" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K62" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L62" s="6"/>
       <c r="M62" s="6"/>
       <c r="N62" s="6"/>
       <c r="O62" s="6"/>
       <c r="P62" s="7">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="Q62" s="7">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F63" s="9"/>
       <c r="G63" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H63" s="9"/>
       <c r="I63" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="K63" s="6"/>
+        <v>62</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K63" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L63" s="6"/>
       <c r="M63" s="6"/>
       <c r="N63" s="6"/>
       <c r="O63" s="6"/>
       <c r="P63" s="7">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="Q63" s="7">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H64" s="9"/>
       <c r="I64" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="K64" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="J64" s="9"/>
+      <c r="K64" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L64" s="6"/>
       <c r="M64" s="6"/>
       <c r="N64" s="6"/>
       <c r="O64" s="6"/>
       <c r="P64" s="7">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q64" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D65" s="9"/>
       <c r="E65" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F65" s="9"/>
       <c r="G65" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I65" s="9"/>
-      <c r="J65" s="6"/>
-      <c r="K65" s="6"/>
+      <c r="J65" s="9"/>
+      <c r="K65" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="L65" s="6"/>
       <c r="M65" s="6"/>
       <c r="N65" s="6"/>
       <c r="O65" s="6"/>
       <c r="P65" s="7">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="Q65" s="7">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>7</v>
@@ -5933,157 +6274,165 @@
         <v>41</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O69" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P69" s="6"/>
       <c r="Q69" s="6"/>
     </row>
     <row r="70">
       <c r="A70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>43</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="K70" s="6"/>
+        <v>63</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K70" s="5" t="s">
+        <v>70</v>
+      </c>
       <c r="L70" s="6"/>
       <c r="M70" s="6"/>
       <c r="N70" s="6"/>
       <c r="O70" s="6"/>
       <c r="P70" s="7">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="Q70" s="7">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F71" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G71" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="G71" s="5" t="s">
+      <c r="H71" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="H71" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I71" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="K71" s="6"/>
+        <v>62</v>
+      </c>
+      <c r="J71" s="9"/>
+      <c r="K71" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L71" s="6"/>
       <c r="M71" s="6"/>
       <c r="N71" s="6"/>
       <c r="O71" s="6"/>
       <c r="P71" s="7">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q71" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="K72" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="J72" s="9"/>
+      <c r="K72" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L72" s="6"/>
       <c r="M72" s="6"/>
       <c r="N72" s="6"/>
       <c r="O72" s="6"/>
       <c r="P72" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Q72" s="7">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>7</v>
@@ -6161,157 +6510,165 @@
         <v>41</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O76" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P76" s="6"/>
       <c r="Q76" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G77" s="5" t="s">
         <v>43</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="K77" s="6"/>
+        <v>63</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>70</v>
+      </c>
       <c r="L77" s="6"/>
       <c r="M77" s="6"/>
       <c r="N77" s="6"/>
       <c r="O77" s="6"/>
       <c r="P77" s="7">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="Q77" s="7">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F78" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G78" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="G78" s="5" t="s">
+      <c r="H78" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="H78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I78" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="K78" s="6"/>
+        <v>62</v>
+      </c>
+      <c r="J78" s="9"/>
+      <c r="K78" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L78" s="6"/>
       <c r="M78" s="6"/>
       <c r="N78" s="6"/>
       <c r="O78" s="6"/>
       <c r="P78" s="7">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q78" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="K79" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="J79" s="9"/>
+      <c r="K79" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L79" s="6"/>
       <c r="M79" s="6"/>
       <c r="N79" s="6"/>
       <c r="O79" s="6"/>
       <c r="P79" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Q79" s="7">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>7</v>
@@ -6389,157 +6746,165 @@
         <v>41</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O83" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P83" s="6"/>
       <c r="Q83" s="6"/>
     </row>
     <row r="84">
       <c r="A84" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G84" s="5" t="s">
         <v>43</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="K84" s="6"/>
+        <v>63</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>70</v>
+      </c>
       <c r="L84" s="6"/>
       <c r="M84" s="6"/>
       <c r="N84" s="6"/>
       <c r="O84" s="6"/>
       <c r="P84" s="7">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="Q84" s="7">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F85" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G85" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="G85" s="5" t="s">
+      <c r="H85" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="H85" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I85" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="K85" s="6"/>
+        <v>62</v>
+      </c>
+      <c r="J85" s="9"/>
+      <c r="K85" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L85" s="6"/>
       <c r="M85" s="6"/>
       <c r="N85" s="6"/>
       <c r="O85" s="6"/>
       <c r="P85" s="7">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q85" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="K86" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="J86" s="9"/>
+      <c r="K86" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L86" s="6"/>
       <c r="M86" s="6"/>
       <c r="N86" s="6"/>
       <c r="O86" s="6"/>
       <c r="P86" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Q86" s="7">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>7</v>
@@ -6605,188 +6970,196 @@
         <v>41</v>
       </c>
       <c r="J90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P90" s="6"/>
       <c r="Q90" s="6"/>
     </row>
     <row r="91">
       <c r="A91" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B91" s="9"/>
       <c r="C91" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G91" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="K91" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="J91" s="9"/>
+      <c r="K91" s="5" t="s">
+        <v>59</v>
+      </c>
       <c r="L91" s="6"/>
       <c r="M91" s="6"/>
       <c r="N91" s="6"/>
       <c r="O91" s="6"/>
       <c r="P91" s="7">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="Q91" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F92" s="9"/>
       <c r="G92" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="K92" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="J92" s="9"/>
+      <c r="K92" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L92" s="6"/>
       <c r="M92" s="6"/>
       <c r="N92" s="6"/>
       <c r="O92" s="6"/>
       <c r="P92" s="7">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="Q92" s="7">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B93" s="9"/>
       <c r="C93" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F93" s="9"/>
       <c r="G93" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I93" s="9"/>
-      <c r="J93" s="6"/>
-      <c r="K93" s="6"/>
+      <c r="J93" s="9"/>
+      <c r="K93" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L93" s="6"/>
       <c r="M93" s="6"/>
       <c r="N93" s="6"/>
       <c r="O93" s="6"/>
       <c r="P93" s="7">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="Q93" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B94" s="9"/>
       <c r="C94" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D94" s="9"/>
       <c r="E94" s="9"/>
       <c r="F94" s="9"/>
       <c r="G94" s="9"/>
       <c r="H94" s="9"/>
       <c r="I94" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="K94" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="J94" s="9"/>
+      <c r="K94" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L94" s="6"/>
       <c r="M94" s="6"/>
       <c r="N94" s="6"/>
       <c r="O94" s="6"/>
       <c r="P94" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q94" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>7</v>
@@ -6852,188 +7225,196 @@
         <v>41</v>
       </c>
       <c r="J98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P98" s="6"/>
       <c r="Q98" s="6"/>
     </row>
     <row r="99">
       <c r="A99" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B99" s="9"/>
       <c r="C99" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G99" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="K99" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="J99" s="9"/>
+      <c r="K99" s="5" t="s">
+        <v>59</v>
+      </c>
       <c r="L99" s="6"/>
       <c r="M99" s="6"/>
       <c r="N99" s="6"/>
       <c r="O99" s="6"/>
       <c r="P99" s="7">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="Q99" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F100" s="9"/>
       <c r="G100" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="K100" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="J100" s="9"/>
+      <c r="K100" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L100" s="6"/>
       <c r="M100" s="6"/>
       <c r="N100" s="6"/>
       <c r="O100" s="6"/>
       <c r="P100" s="7">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="Q100" s="7">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B101" s="9"/>
       <c r="C101" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F101" s="9"/>
       <c r="G101" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I101" s="9"/>
-      <c r="J101" s="6"/>
-      <c r="K101" s="6"/>
+      <c r="J101" s="9"/>
+      <c r="K101" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L101" s="6"/>
       <c r="M101" s="6"/>
       <c r="N101" s="6"/>
       <c r="O101" s="6"/>
       <c r="P101" s="7">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="Q101" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B102" s="9"/>
       <c r="C102" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D102" s="9"/>
       <c r="E102" s="9"/>
       <c r="F102" s="9"/>
       <c r="G102" s="9"/>
       <c r="H102" s="9"/>
       <c r="I102" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="K102" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="J102" s="9"/>
+      <c r="K102" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L102" s="6"/>
       <c r="M102" s="6"/>
       <c r="N102" s="6"/>
       <c r="O102" s="6"/>
       <c r="P102" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q102" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>7</v>
@@ -7099,188 +7480,196 @@
         <v>41</v>
       </c>
       <c r="J106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P106" s="6"/>
       <c r="Q106" s="6"/>
     </row>
     <row r="107">
       <c r="A107" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B107" s="9"/>
       <c r="C107" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G107" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="K107" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="J107" s="9"/>
+      <c r="K107" s="5" t="s">
+        <v>59</v>
+      </c>
       <c r="L107" s="6"/>
       <c r="M107" s="6"/>
       <c r="N107" s="6"/>
       <c r="O107" s="6"/>
       <c r="P107" s="7">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="Q107" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F108" s="9"/>
       <c r="G108" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="K108" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="J108" s="9"/>
+      <c r="K108" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L108" s="6"/>
       <c r="M108" s="6"/>
       <c r="N108" s="6"/>
       <c r="O108" s="6"/>
       <c r="P108" s="7">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="Q108" s="7">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B109" s="9"/>
       <c r="C109" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F109" s="9"/>
       <c r="G109" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I109" s="9"/>
-      <c r="J109" s="6"/>
-      <c r="K109" s="6"/>
+      <c r="J109" s="9"/>
+      <c r="K109" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L109" s="6"/>
       <c r="M109" s="6"/>
       <c r="N109" s="6"/>
       <c r="O109" s="6"/>
       <c r="P109" s="7">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="Q109" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B110" s="9"/>
       <c r="C110" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D110" s="9"/>
       <c r="E110" s="9"/>
       <c r="F110" s="9"/>
       <c r="G110" s="9"/>
       <c r="H110" s="9"/>
       <c r="I110" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="K110" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="J110" s="9"/>
+      <c r="K110" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L110" s="6"/>
       <c r="M110" s="6"/>
       <c r="N110" s="6"/>
       <c r="O110" s="6"/>
       <c r="P110" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q110" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C113" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>7</v>
@@ -7346,282 +7735,294 @@
         <v>41</v>
       </c>
       <c r="J114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P114" s="6"/>
       <c r="Q114" s="6"/>
     </row>
     <row r="115">
       <c r="A115" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B115" s="9"/>
       <c r="C115" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G115" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="K115" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="J115" s="9"/>
+      <c r="K115" s="5" t="s">
+        <v>59</v>
+      </c>
       <c r="L115" s="6"/>
       <c r="M115" s="6"/>
       <c r="N115" s="6"/>
       <c r="O115" s="6"/>
       <c r="P115" s="7">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="Q115" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F116" s="9"/>
       <c r="G116" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="K116" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="J116" s="9"/>
+      <c r="K116" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L116" s="6"/>
       <c r="M116" s="6"/>
       <c r="N116" s="6"/>
       <c r="O116" s="6"/>
       <c r="P116" s="7">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="Q116" s="7">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B117" s="9"/>
       <c r="C117" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F117" s="9"/>
       <c r="G117" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I117" s="9"/>
-      <c r="J117" s="6"/>
-      <c r="K117" s="6"/>
+      <c r="J117" s="9"/>
+      <c r="K117" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="L117" s="6"/>
       <c r="M117" s="6"/>
       <c r="N117" s="6"/>
       <c r="O117" s="6"/>
       <c r="P117" s="7">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="Q117" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B118" s="9"/>
       <c r="C118" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D118" s="9"/>
       <c r="E118" s="9"/>
       <c r="F118" s="9"/>
       <c r="G118" s="9"/>
       <c r="H118" s="9"/>
       <c r="I118" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="K118" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="J118" s="9"/>
+      <c r="K118" s="5" t="s">
+        <v>56</v>
+      </c>
       <c r="L118" s="6"/>
       <c r="M118" s="6"/>
       <c r="N118" s="6"/>
       <c r="O118" s="6"/>
       <c r="P118" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q118" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="10" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K120" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L120" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O120" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P120" s="3" t="s">
         <v>39</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B121" s="5">
         <v>18</v>
       </c>
       <c r="C121" s="5">
         <v>16</v>
       </c>
       <c r="D121" s="5">
         <v>18</v>
       </c>
       <c r="E121" s="5">
         <v>28</v>
       </c>
       <c r="F121" s="5">
         <v>6</v>
       </c>
       <c r="G121" s="5">
         <v>36</v>
       </c>
       <c r="H121" s="5">
         <v>17</v>
       </c>
       <c r="I121" s="5">
         <v>29</v>
       </c>
-      <c r="J121" s="6"/>
-      <c r="K121" s="6"/>
+      <c r="J121" s="5">
+        <v>11</v>
+      </c>
+      <c r="K121" s="5">
+        <v>24</v>
+      </c>
       <c r="L121" s="6"/>
       <c r="M121" s="6"/>
       <c r="N121" s="6"/>
       <c r="O121" s="6"/>
       <c r="P121" s="7">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="Q121" s="7">
-        <f>SUM(B121:O121)/8</f>
+        <f>SUM(B121:O121)/10</f>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Gulf Coast Corporate Cup under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:keywords>EPPlus noncommercial use</cp:keywords>
   <dc:description>This workbook has been created with EPPlus licensed to Gulf Coast Corporate Cup under The Polyform Noncommercial License: See https://polyformproject.org/licenses/noncommercial/1.0.0</dc:description>
   <dc:creator>Gulf Coast Corporate Cup</dc:creator>
 </cp:coreProperties>